--- v0 (2025-11-01)
+++ v1 (2026-01-29)
@@ -3224,1088 +3224,1088 @@
         <v>0.7</v>
       </c>
       <c r="G56">
         <v>6690</v>
       </c>
       <c r="H56">
         <v>0.31</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:H56"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
-        <v>Households by Tenure, Race/Ethnicity, and Income (% AMI), 2017-2021</v>
+        <v>Households by Tenure, Race/Ethnicity, and Income (% AMI), 2018-2022</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Geography</v>
       </c>
       <c r="B3" t="str">
         <v>Tenure</v>
       </c>
       <c r="C3" t="str">
         <v>Race/Ethnicity</v>
       </c>
       <c r="D3" t="str">
         <v>Household Income</v>
       </c>
       <c r="E3" t="str">
         <v>Households</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B4" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C4" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D4" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E4">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B5" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C5" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D5" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E5">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B6" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C6" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D6" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E6">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B7" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C7" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D7" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B8" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C8" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D8" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E8">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B9" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C9" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D9" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E9">
-        <v>145</v>
+        <v>115</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B10" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C10" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D10" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E10">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B11" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C11" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D11" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E11">
         <v>25</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B12" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C12" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D12" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E12">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B13" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C13" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D13" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E13">
-        <v>720</v>
+        <v>855</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B14" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C14" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D14" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E14">
-        <v>315</v>
+        <v>275</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B15" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C15" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D15" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E15">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B16" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C16" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D16" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E16">
-        <v>1275</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B17" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C17" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D17" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E17">
-        <v>545</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B18" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C18" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D18" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E18">
-        <v>1060</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B19" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C19" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D19" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E19">
-        <v>1645</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B20" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C20" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D20" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E20">
-        <v>1800</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B21" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C21" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D21" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E21">
-        <v>3705</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B22" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C22" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D22" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E22">
-        <v>2330</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B23" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C23" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D23" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E23">
-        <v>6280</v>
+        <v>6620</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B24" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C24" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D24" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B25" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C25" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D25" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B26" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C26" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D26" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B27" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C27" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D27" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B28" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C28" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D28" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E28">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B29" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C29" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D29" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E29">
-        <v>7335</v>
+        <v>8250</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B30" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C30" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D30" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E30">
-        <v>7085</v>
+        <v>7615</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B31" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C31" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D31" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E31">
-        <v>12270</v>
+        <v>12235</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B32" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C32" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D32" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E32">
-        <v>7600</v>
+        <v>8155</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B33" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C33" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D33" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E33">
-        <v>57515</v>
+        <v>58320</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B34" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C34" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D34" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E34">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B35" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C35" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D35" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E35">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B36" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C36" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D36" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E36">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B37" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C37" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D37" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E37">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B38" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C38" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D38" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E38">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B39" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C39" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D39" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E39">
-        <v>4</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B40" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C40" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D40" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E40">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B41" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C41" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D41" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E41">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B42" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C42" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D42" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E42">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B43" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C43" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D43" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E43">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B44" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C44" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D44" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E44">
-        <v>610</v>
+        <v>735</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B45" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C45" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D45" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E45">
-        <v>735</v>
+        <v>790</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B46" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C46" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D46" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E46">
-        <v>1320</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B47" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C47" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D47" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E47">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B48" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C48" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D48" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E48">
-        <v>355</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B49" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C49" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D49" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E49">
-        <v>3100</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B50" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C50" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D50" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E50">
-        <v>2875</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B51" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C51" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D51" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E51">
-        <v>4405</v>
+        <v>4350</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B52" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C52" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D52" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E52">
-        <v>1775</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B53" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C53" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D53" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E53">
-        <v>2940</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B54" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C54" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D54" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E54">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B55" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C55" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D55" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E55">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B56" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C56" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D56" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E56">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B57" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C57" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D57" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E57">
         <v>4</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B58" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C58" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D58" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E58">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B59" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C59" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D59" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E59">
-        <v>3470</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B60" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C60" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D60" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E60">
-        <v>2960</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B61" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C61" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D61" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E61">
-        <v>4070</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B62" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C62" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D62" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E62">
-        <v>2255</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
-        <v>Collier County</v>
+        <v>Collier County, Florida</v>
       </c>
       <c r="B63" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C63" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D63" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E63">
-        <v>7900</v>
+        <v>7205</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:E63"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Renter Households, Cost Burden by Income, 2023 Estimate (Summary)</v>
       </c>
     </row>
     <row r="2">
       <c r="C2" t="str">
         <v>Housing Cost Burden</v>
       </c>
@@ -4406,393 +4406,393 @@
         <v>10523</v>
       </c>
       <c r="D8">
         <v>1424</v>
       </c>
       <c r="E8">
         <v>316</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:E8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
-        <v>Households by Tenure, Race/Ethnicity, and Cost Burden, 2017-2021</v>
+        <v>Households by Tenure, Race/Ethnicity, and Cost Burden, 2018-2022</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Geography</v>
       </c>
       <c r="B3" t="str">
         <v>Tenure</v>
       </c>
       <c r="C3" t="str">
         <v>Race/Ethnicity</v>
       </c>
       <c r="D3" t="str">
         <v>30% or less</v>
       </c>
       <c r="E3" t="str">
         <v>30.1-50%</v>
       </c>
       <c r="F3" t="str">
         <v>More than 50%</v>
       </c>
       <c r="G3" t="str">
         <v>Not computed</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Collier County</v>
       </c>
       <c r="B4" t="str">
         <v>Owner</v>
       </c>
       <c r="C4" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D4">
         <v>40</v>
       </c>
       <c r="E4">
         <v>15</v>
       </c>
       <c r="F4">
         <v>4</v>
       </c>
       <c r="G4">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Collier County</v>
       </c>
       <c r="B5" t="str">
         <v>Owner</v>
       </c>
       <c r="C5" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D5">
-        <v>800</v>
+        <v>840</v>
       </c>
       <c r="E5">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="F5">
-        <v>185</v>
+        <v>205</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Collier County</v>
       </c>
       <c r="B6" t="str">
         <v>Owner</v>
       </c>
       <c r="C6" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D6">
         <v>2150</v>
       </c>
       <c r="E6">
-        <v>705</v>
+        <v>770</v>
       </c>
       <c r="F6">
-        <v>540</v>
+        <v>430</v>
       </c>
       <c r="G6">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Collier County</v>
       </c>
       <c r="B7" t="str">
         <v>Owner</v>
       </c>
       <c r="C7" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D7">
-        <v>10735</v>
+        <v>11250</v>
       </c>
       <c r="E7">
-        <v>3260</v>
+        <v>3380</v>
       </c>
       <c r="F7">
-        <v>1610</v>
+        <v>1795</v>
       </c>
       <c r="G7">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Collier County</v>
       </c>
       <c r="B8" t="str">
         <v>Owner</v>
       </c>
       <c r="C8" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Collier County</v>
       </c>
       <c r="B9" t="str">
         <v>Owner</v>
       </c>
       <c r="C9" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D9">
-        <v>68625</v>
+        <v>69430</v>
       </c>
       <c r="E9">
-        <v>11070</v>
+        <v>11570</v>
       </c>
       <c r="F9">
-        <v>10800</v>
+        <v>12170</v>
       </c>
       <c r="G9">
-        <v>1310</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Collier County</v>
       </c>
       <c r="B10" t="str">
         <v>Owner</v>
       </c>
       <c r="C10" t="str">
         <v>other (including multiple races, non-Hispanic)</v>
       </c>
       <c r="D10">
-        <v>830</v>
+        <v>980</v>
       </c>
       <c r="E10">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="F10">
-        <v>275</v>
+        <v>345</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Collier County</v>
       </c>
       <c r="B11" t="str">
         <v>Renter</v>
       </c>
       <c r="C11" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D11">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="E11">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F11">
         <v>4</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Collier County</v>
       </c>
       <c r="B12" t="str">
         <v>Renter</v>
       </c>
       <c r="C12" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D12">
-        <v>380</v>
+        <v>405</v>
       </c>
       <c r="E12">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="F12">
-        <v>160</v>
+        <v>195</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Collier County</v>
       </c>
       <c r="B13" t="str">
         <v>Renter</v>
       </c>
       <c r="C13" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D13">
-        <v>1575</v>
+        <v>1655</v>
       </c>
       <c r="E13">
-        <v>1115</v>
+        <v>955</v>
       </c>
       <c r="F13">
-        <v>625</v>
+        <v>715</v>
       </c>
       <c r="G13">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Collier County</v>
       </c>
       <c r="B14" t="str">
         <v>Renter</v>
       </c>
       <c r="C14" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D14">
-        <v>6830</v>
+        <v>6515</v>
       </c>
       <c r="E14">
-        <v>4375</v>
+        <v>4460</v>
       </c>
       <c r="F14">
-        <v>3800</v>
+        <v>3940</v>
       </c>
       <c r="G14">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Collier County</v>
       </c>
       <c r="B15" t="str">
         <v>Renter</v>
       </c>
       <c r="C15" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D15">
         <v>4</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Collier County</v>
       </c>
       <c r="B16" t="str">
         <v>Renter</v>
       </c>
       <c r="C16" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D16">
-        <v>9715</v>
+        <v>8630</v>
       </c>
       <c r="E16">
-        <v>4325</v>
+        <v>4380</v>
       </c>
       <c r="F16">
-        <v>6315</v>
+        <v>6430</v>
       </c>
       <c r="G16">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Collier County</v>
       </c>
       <c r="B17" t="str">
         <v>Renter</v>
       </c>
       <c r="C17" t="str">
         <v>other (including multiple races, non-Hispanic)</v>
       </c>
       <c r="D17">
-        <v>155</v>
+        <v>190</v>
       </c>
       <c r="E17">
-        <v>65</v>
+        <v>120</v>
       </c>
       <c r="F17">
-        <v>340</v>
+        <v>385</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:G17"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Households by Tenure, Race, and Age of Householder, 2019-2023</v>
       </c>
     </row>
     <row r="3">
@@ -5979,59 +5979,59 @@
       <c r="B17" t="str">
         <v>U.S. Census Bureau, 2023 American Community Survey 1-Year and 5-Year Estimates</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>sheet 17</v>
       </c>
       <c r="B18" t="str">
         <v>Florida Department of Commerce, 2023 Occupational Employment Statistics and Wages; 2024 HUD Fair Market Rent</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>sheet 18</v>
       </c>
       <c r="B19" t="str">
         <v>Florida Department of Commerce, 2024 Occupational Employment and Wage Statistics; 2024 HUD Fair Market Rent</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>sheet 19</v>
       </c>
       <c r="B20" t="str">
-        <v>U.S. Department of Housing and Urban Development, 2017-2021 Comprehensive Housing Affordability Strategy (CHAS) dataset.</v>
+        <v>U.S. Department of Housing and Urban Development, 2018-2022 Comprehensive Housing Affordability Strategy (CHAS) dataset.</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>sheet 20</v>
       </c>
       <c r="B21" t="str">
-        <v>Sources: U.S. Department of Housing and Urban Development, 2017-2021 Comprehensive Housing Affordability Strategy (CHAS) dataset.</v>
+        <v>Sources: U.S. Department of Housing and Urban Development, 2018-2022 Comprehensive Housing Affordability Strategy (CHAS) dataset.</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>sheet 21</v>
       </c>
       <c r="B22" t="str">
         <v>Shimberg Center tabulation of U.S. Census Bureau, 2019-2023 American Community Survey.</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>sheet 22</v>
       </c>
       <c r="B23" t="str">
         <v>Shimberg Center tabulation of U.S. Census Bureau, 2019-2023 American Community Survey.</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>sheet 23</v>
       </c>
       <c r="B24" t="str">
         <v>U.S. Census Bureau Household Pulse Survey, Phase 4.2 Cycle 09 Household Pulse Survey: August 20 - September 16. See  the Household Pulse Survey.</v>
       </c>