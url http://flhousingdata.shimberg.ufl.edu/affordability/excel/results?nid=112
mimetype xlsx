--- v0 (2025-10-23)
+++ v1 (2026-01-20)
@@ -3247,1088 +3247,1088 @@
         <v>0.64</v>
       </c>
       <c r="G57">
         <v>2650</v>
       </c>
       <c r="H57">
         <v>0.32</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:H57"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E63"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
-        <v>Households by Tenure, Race/Ethnicity, and Income (% AMI), 2017-2021</v>
+        <v>Households by Tenure, Race/Ethnicity, and Income (% AMI), 2018-2022</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Geography</v>
       </c>
       <c r="B3" t="str">
         <v>Tenure</v>
       </c>
       <c r="C3" t="str">
         <v>Race/Ethnicity</v>
       </c>
       <c r="D3" t="str">
         <v>Household Income</v>
       </c>
       <c r="E3" t="str">
         <v>Households</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B4" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C4" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D4" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B5" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C5" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D5" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E5">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B6" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C6" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D6" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B7" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C7" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D7" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B8" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C8" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D8" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B9" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C9" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D9" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E9">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B10" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C10" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D10" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E10">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B11" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C11" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D11" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E11">
-        <v>180</v>
+        <v>115</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B12" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C12" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D12" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E12">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B13" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C13" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D13" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E13">
-        <v>545</v>
+        <v>540</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B14" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C14" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D14" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E14">
-        <v>555</v>
+        <v>715</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B15" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C15" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D15" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E15">
-        <v>500</v>
+        <v>525</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B16" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C16" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D16" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E16">
-        <v>670</v>
+        <v>610</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B17" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C17" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D17" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E17">
-        <v>525</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B18" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C18" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D18" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E18">
-        <v>1170</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B19" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C19" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D19" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E19">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B20" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C20" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D20" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E20">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B21" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C21" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D21" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E21">
         <v>440</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B22" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C22" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D22" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E22">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B23" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C23" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D23" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E23">
-        <v>785</v>
+        <v>855</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B24" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C24" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D24" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B25" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C25" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D25" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B26" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C26" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D26" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B27" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C27" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D27" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B28" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C28" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D28" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E28">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B29" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C29" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D29" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E29">
-        <v>1175</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B30" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C30" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D30" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E30">
-        <v>1520</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B31" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C31" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D31" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E31">
-        <v>2215</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B32" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C32" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D32" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E32">
-        <v>1235</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B33" t="str">
         <v>Owner occupied</v>
       </c>
       <c r="C33" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D33" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E33">
-        <v>8535</v>
+        <v>8455</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B34" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C34" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D34" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E34">
-        <v>60</v>
+        <v>29</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B35" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C35" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D35" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E35">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B36" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C36" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D36" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E36">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B37" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C37" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D37" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E37">
-        <v>30</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B38" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C38" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D38" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E38">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B39" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C39" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D39" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E39">
-        <v>500</v>
+        <v>585</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B40" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C40" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D40" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E40">
-        <v>455</v>
+        <v>440</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B41" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C41" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D41" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E41">
-        <v>510</v>
+        <v>560</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B42" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C42" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D42" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E42">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B43" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C43" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D43" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E43">
-        <v>600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B44" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C44" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D44" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E44">
-        <v>2240</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B45" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C45" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D45" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E45">
-        <v>1475</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B46" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C46" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D46" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E46">
-        <v>1355</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B47" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C47" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D47" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E47">
-        <v>760</v>
+        <v>755</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B48" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C48" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D48" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E48">
-        <v>995</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B49" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C49" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D49" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E49">
-        <v>1840</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B50" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C50" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D50" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E50">
-        <v>675</v>
+        <v>785</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B51" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C51" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D51" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E51">
-        <v>945</v>
+        <v>795</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B52" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C52" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D52" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E52">
-        <v>330</v>
+        <v>445</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B53" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C53" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D53" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E53">
-        <v>665</v>
+        <v>625</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B54" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C54" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D54" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E54">
         <v>20</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B55" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C55" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D55" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E55">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B56" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C56" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D56" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E56">
         <v>4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B57" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C57" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D57" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E57">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B58" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C58" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D58" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E58">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B59" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C59" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D59" t="str">
         <v>30% or Less of HAMFI</v>
       </c>
       <c r="E59">
-        <v>5290</v>
+        <v>5730</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B60" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C60" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D60" t="str">
         <v>30.01 to 50% HAMFI</v>
       </c>
       <c r="E60">
-        <v>2980</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B61" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C61" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D61" t="str">
         <v>50.01 to 80% HAMFI</v>
       </c>
       <c r="E61">
-        <v>3935</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B62" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C62" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D62" t="str">
         <v>80.01 to 100% of HAMFI</v>
       </c>
       <c r="E62">
-        <v>1410</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
-        <v>Gainesville</v>
+        <v>Alachua County (part), Gainesville city, Florida</v>
       </c>
       <c r="B63" t="str">
         <v>Renter occupied</v>
       </c>
       <c r="C63" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D63" t="str">
         <v>Greater than 100% of HAMFI</v>
       </c>
       <c r="E63">
-        <v>3855</v>
+        <v>3925</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:E63"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Renter Households, Cost Burden by Income, 2023 Estimate (Summary)</v>
       </c>
     </row>
     <row r="2">
       <c r="C2" t="str">
         <v>Housing Cost Burden</v>
       </c>
@@ -4429,396 +4429,396 @@
         <v>7679</v>
       </c>
       <c r="D8">
         <v>341</v>
       </c>
       <c r="E8">
         <v>97</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:E8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
-        <v>Households by Tenure, Race/Ethnicity, and Cost Burden, 2017-2021</v>
+        <v>Households by Tenure, Race/Ethnicity, and Cost Burden, 2018-2022</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Geography</v>
       </c>
       <c r="B3" t="str">
         <v>Tenure</v>
       </c>
       <c r="C3" t="str">
         <v>Race/Ethnicity</v>
       </c>
       <c r="D3" t="str">
         <v>30% or less</v>
       </c>
       <c r="E3" t="str">
         <v>30.1-50%</v>
       </c>
       <c r="F3" t="str">
         <v>More than 50%</v>
       </c>
       <c r="G3" t="str">
         <v>Not computed</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B4" t="str">
         <v>Owner</v>
       </c>
       <c r="C4" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B5" t="str">
         <v>Owner</v>
       </c>
       <c r="C5" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D5">
-        <v>835</v>
+        <v>800</v>
       </c>
       <c r="E5">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="F5">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="G5">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B6" t="str">
         <v>Owner</v>
       </c>
       <c r="C6" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D6">
-        <v>2460</v>
+        <v>2445</v>
       </c>
       <c r="E6">
-        <v>455</v>
+        <v>490</v>
       </c>
       <c r="F6">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="G6">
-        <v>115</v>
+        <v>155</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B7" t="str">
         <v>Owner</v>
       </c>
       <c r="C7" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D7">
-        <v>1215</v>
+        <v>1270</v>
       </c>
       <c r="E7">
-        <v>175</v>
+        <v>260</v>
       </c>
       <c r="F7">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="G7">
-        <v>70</v>
+        <v>105</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B8" t="str">
         <v>Owner</v>
       </c>
       <c r="C8" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B9" t="str">
         <v>Owner</v>
       </c>
       <c r="C9" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D9">
-        <v>11825</v>
+        <v>11855</v>
       </c>
       <c r="E9">
-        <v>1620</v>
+        <v>1460</v>
       </c>
       <c r="F9">
-        <v>1090</v>
+        <v>1035</v>
       </c>
       <c r="G9">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B10" t="str">
         <v>Owner</v>
       </c>
       <c r="C10" t="str">
         <v>other (including multiple races, non-Hispanic)</v>
       </c>
       <c r="D10">
-        <v>315</v>
+        <v>290</v>
       </c>
       <c r="E10">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F10">
-        <v>95</v>
+        <v>160</v>
       </c>
       <c r="G10">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B11" t="str">
         <v>Renter</v>
       </c>
       <c r="C11" t="str">
         <v>American Indian or Alaska Native alone, non-Hispanic</v>
       </c>
       <c r="D11">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="E11">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F11">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G11">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B12" t="str">
         <v>Renter</v>
       </c>
       <c r="C12" t="str">
         <v>Asian alone, non-Hispanic</v>
       </c>
       <c r="D12">
-        <v>885</v>
+        <v>905</v>
       </c>
       <c r="E12">
-        <v>435</v>
+        <v>490</v>
       </c>
       <c r="F12">
-        <v>645</v>
+        <v>675</v>
       </c>
       <c r="G12">
         <v>245</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B13" t="str">
         <v>Renter</v>
       </c>
       <c r="C13" t="str">
         <v>Black or African-American alone, non-Hispanic</v>
       </c>
       <c r="D13">
-        <v>2955</v>
+        <v>3135</v>
       </c>
       <c r="E13">
-        <v>1315</v>
+        <v>1435</v>
       </c>
       <c r="F13">
-        <v>2330</v>
+        <v>2325</v>
       </c>
       <c r="G13">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B14" t="str">
         <v>Renter</v>
       </c>
       <c r="C14" t="str">
         <v>Hispanic, any race</v>
       </c>
       <c r="D14">
-        <v>1440</v>
+        <v>1390</v>
       </c>
       <c r="E14">
-        <v>1085</v>
+        <v>1045</v>
       </c>
       <c r="F14">
-        <v>1705</v>
+        <v>1815</v>
       </c>
       <c r="G14">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B15" t="str">
         <v>Renter</v>
       </c>
       <c r="C15" t="str">
         <v>Pacific Islander alone, non-Hispanic</v>
       </c>
       <c r="D15">
+        <v>35</v>
+      </c>
+      <c r="E15">
         <v>15</v>
       </c>
-      <c r="E15">
-[...1 lines deleted...]
-      </c>
       <c r="F15">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B16" t="str">
         <v>Renter</v>
       </c>
       <c r="C16" t="str">
         <v>White alone, non-Hispanic</v>
       </c>
       <c r="D16">
-        <v>6645</v>
+        <v>6600</v>
       </c>
       <c r="E16">
-        <v>3730</v>
+        <v>4200</v>
       </c>
       <c r="F16">
-        <v>6205</v>
+        <v>6745</v>
       </c>
       <c r="G16">
-        <v>885</v>
+        <v>945</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Gainesville</v>
       </c>
       <c r="B17" t="str">
         <v>Renter</v>
       </c>
       <c r="C17" t="str">
         <v>other (including multiple races, non-Hispanic)</v>
       </c>
       <c r="D17">
-        <v>325</v>
+        <v>385</v>
       </c>
       <c r="E17">
         <v>190</v>
       </c>
       <c r="F17">
-        <v>595</v>
+        <v>695</v>
       </c>
       <c r="G17">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:G17"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Households by Tenure, Race, and Age of Householder, 2019-2023</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Geography</v>
       </c>
@@ -6002,59 +6002,59 @@
       <c r="B17" t="str">
         <v>U.S. Census Bureau, 2023 American Community Survey 1-Year and 5-Year Estimates</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>sheet 17</v>
       </c>
       <c r="B18" t="str">
         <v>Florida Department of Commerce, 2023 Occupational Employment Statistics and Wages; 2024 HUD Fair Market Rent</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>sheet 18</v>
       </c>
       <c r="B19" t="str">
         <v>Florida Department of Commerce, 2024 Occupational Employment and Wage Statistics; 2024 HUD Fair Market Rent</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>sheet 19</v>
       </c>
       <c r="B20" t="str">
-        <v>U.S. Department of Housing and Urban Development, 2017-2021 Comprehensive Housing Affordability Strategy (CHAS) dataset.</v>
+        <v>U.S. Department of Housing and Urban Development, 2018-2022 Comprehensive Housing Affordability Strategy (CHAS) dataset.</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>sheet 20</v>
       </c>
       <c r="B21" t="str">
-        <v>Sources: U.S. Department of Housing and Urban Development, 2017-2021 Comprehensive Housing Affordability Strategy (CHAS) dataset.</v>
+        <v>Sources: U.S. Department of Housing and Urban Development, 2018-2022 Comprehensive Housing Affordability Strategy (CHAS) dataset.</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>sheet 21</v>
       </c>
       <c r="B22" t="str">
         <v>Shimberg Center tabulation of U.S. Census Bureau, 2019-2023 American Community Survey.</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>sheet 22</v>
       </c>
       <c r="B23" t="str">
         <v>Shimberg Center tabulation of U.S. Census Bureau, 2019-2023 American Community Survey.</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>sheet 23</v>
       </c>
       <c r="B24" t="str">
         <v>U.S. Census Bureau Household Pulse Survey, Phase 4.2 Cycle 09 Household Pulse Survey: August 20 - September 16. See  the Household Pulse Survey.</v>
       </c>