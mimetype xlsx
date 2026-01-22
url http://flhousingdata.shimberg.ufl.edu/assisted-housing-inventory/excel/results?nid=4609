--- v0 (2025-10-24)
+++ v1 (2026-01-22)
@@ -1348,102 +1348,102 @@
       <c r="CU4" t="str">
         <v>-</v>
       </c>
       <c r="CV4" t="str">
         <v>-</v>
       </c>
       <c r="CW4" t="str">
         <v>-</v>
       </c>
       <c r="CX4" t="str">
         <v>-</v>
       </c>
       <c r="CY4" t="str">
         <v>-</v>
       </c>
       <c r="DA4" t="str">
         <v>N</v>
       </c>
       <c r="DB4" t="str">
         <v>N</v>
       </c>
       <c r="DC4" t="str">
         <v>N</v>
       </c>
       <c r="DD4">
-        <v>2.16</v>
+        <v>2.28</v>
       </c>
       <c r="DE4">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="DF4">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="DG4" t="str">
         <v>not avail.</v>
       </c>
       <c r="DH4" t="str">
         <v>not avail.</v>
       </c>
       <c r="DI4" t="str">
         <v>not avail.</v>
       </c>
       <c r="DJ4" t="str">
         <v>not avail.</v>
       </c>
       <c r="DK4">
-        <v>31403</v>
+        <v>32776</v>
       </c>
       <c r="DL4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="DM4">
         <v>2</v>
       </c>
       <c r="DN4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="DO4">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="DP4">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="DQ4">
-        <v>37.78</v>
+        <v>38.63</v>
       </c>
       <c r="DR4">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="DS4">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="DT4">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="DU4">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="DV4" t="str">
         <v>FHFC TIC Report</v>
       </c>
       <c r="DW4">
         <v>0.09</v>
       </c>
       <c r="DX4">
         <v>0.18</v>
       </c>
       <c r="DY4">
         <v>0.56</v>
       </c>
       <c r="DZ4">
         <v>0.67</v>
       </c>
       <c r="EA4">
         <v>0.44</v>
       </c>
       <c r="EB4">
         <v>0.33</v>
       </c>
       <c r="EC4">
         <v>0.78</v>
       </c>
@@ -1548,51 +1548,51 @@
       </c>
       <c r="FK4" t="str">
         <v>New Construction</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>7917</v>
       </c>
       <c r="B5">
         <v>3367</v>
       </c>
       <c r="C5" t="str">
         <v>-</v>
       </c>
       <c r="D5" t="str">
         <v>-</v>
       </c>
       <c r="E5" t="str">
         <v>213N2300000017012A</v>
       </c>
       <c r="F5" t="str">
         <v>Arbours at Crestview</v>
       </c>
       <c r="G5" t="str">
-        <v>1000 Patriot Lane</v>
+        <v>1100 Patriot Lane</v>
       </c>
       <c r="H5" t="str">
         <v>Crestview</v>
       </c>
       <c r="I5">
         <v>32539</v>
       </c>
       <c r="J5" t="str">
         <v>Okaloosa</v>
       </c>
       <c r="K5" t="str">
         <v>Medium</v>
       </c>
       <c r="L5" t="str">
         <v>Housing Credits 9%</v>
       </c>
       <c r="M5">
         <v>96</v>
       </c>
       <c r="N5">
         <v>96</v>
       </c>
       <c r="Q5" t="str">
         <v>x</v>
       </c>
@@ -1794,102 +1794,102 @@
       <c r="CT5" t="str">
         <v>-</v>
       </c>
       <c r="CU5" t="str">
         <v>-</v>
       </c>
       <c r="CV5" t="str">
         <v>-</v>
       </c>
       <c r="CW5" t="str">
         <v>-</v>
       </c>
       <c r="CX5" t="str">
         <v>-</v>
       </c>
       <c r="CY5" t="str">
         <v>-</v>
       </c>
       <c r="DB5" t="str">
         <v>not avail.</v>
       </c>
       <c r="DC5" t="str">
         <v>N</v>
       </c>
       <c r="DD5">
-        <v>2.16</v>
+        <v>2.18</v>
       </c>
       <c r="DE5">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="DF5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="DG5" t="str">
         <v>not avail.</v>
       </c>
       <c r="DH5" t="str">
         <v>not avail.</v>
       </c>
       <c r="DI5" t="str">
         <v>not avail.</v>
       </c>
       <c r="DJ5" t="str">
         <v>not avail.</v>
       </c>
       <c r="DK5">
-        <v>35105</v>
+        <v>35279</v>
       </c>
       <c r="DL5">
         <v>0</v>
       </c>
       <c r="DM5">
         <v>1</v>
       </c>
       <c r="DN5">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="DO5">
         <v>2</v>
       </c>
       <c r="DP5">
         <v>89</v>
       </c>
       <c r="DQ5">
-        <v>42.55</v>
+        <v>42.61</v>
       </c>
       <c r="DR5">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="DS5">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="DT5">
         <v>33</v>
       </c>
       <c r="DU5">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="DV5" t="str">
         <v>FHFC TIC Report</v>
       </c>
       <c r="DW5">
         <v>0.03</v>
       </c>
       <c r="DX5">
         <v>0.18</v>
       </c>
       <c r="DY5">
         <v>0.6</v>
       </c>
       <c r="DZ5">
         <v>0.67</v>
       </c>
       <c r="EA5">
         <v>0.4</v>
       </c>
       <c r="EB5">
         <v>0.33</v>
       </c>
       <c r="EC5">
         <v>0</v>
       </c>
@@ -3704,96 +3704,96 @@
       <c r="CV9" t="str">
         <v>-</v>
       </c>
       <c r="CW9" t="str">
         <v>-</v>
       </c>
       <c r="CX9" t="str">
         <v>-</v>
       </c>
       <c r="CY9">
         <v>2045</v>
       </c>
       <c r="DA9" t="str">
         <v>N</v>
       </c>
       <c r="DB9" t="str">
         <v>N</v>
       </c>
       <c r="DC9" t="str">
         <v>N</v>
       </c>
       <c r="DD9">
         <v>1.25</v>
       </c>
       <c r="DE9">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="DF9">
         <v>0</v>
       </c>
       <c r="DG9" t="str">
         <v>not avail.</v>
       </c>
       <c r="DH9" t="str">
         <v>not avail.</v>
       </c>
       <c r="DI9" t="str">
         <v>not avail.</v>
       </c>
       <c r="DJ9" t="str">
         <v>not avail.</v>
       </c>
       <c r="DK9">
-        <v>14839</v>
+        <v>16200</v>
       </c>
       <c r="DL9">
         <v>0</v>
       </c>
       <c r="DM9">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="DN9">
         <v>44</v>
       </c>
       <c r="DO9">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="DP9">
+        <v>22</v>
+      </c>
+      <c r="DQ9">
+        <v>21.66</v>
+      </c>
+      <c r="DR9">
+        <v>81</v>
+      </c>
+      <c r="DS9">
         <v>16</v>
       </c>
-      <c r="DQ9">
-[...7 lines deleted...]
-      </c>
       <c r="DT9">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="DU9">
         <v>32</v>
       </c>
       <c r="DV9" t="str">
         <v>FHFC TIC Report</v>
       </c>
       <c r="DW9">
         <v>0.03</v>
       </c>
       <c r="DX9">
         <v>0.18</v>
       </c>
       <c r="DY9">
         <v>0.6</v>
       </c>
       <c r="DZ9">
         <v>0.67</v>
       </c>
       <c r="EA9">
         <v>0.4</v>
       </c>
       <c r="EB9">
         <v>0.33</v>
       </c>
@@ -5171,81 +5171,81 @@
       <c r="DC12" t="str">
         <v>N</v>
       </c>
       <c r="DD12">
         <v>1.11</v>
       </c>
       <c r="DE12">
         <v>86</v>
       </c>
       <c r="DF12">
         <v>0</v>
       </c>
       <c r="DG12" t="str">
         <v>not avail.</v>
       </c>
       <c r="DH12" t="str">
         <v>not avail.</v>
       </c>
       <c r="DI12" t="str">
         <v>not avail.</v>
       </c>
       <c r="DJ12" t="str">
         <v>not avail.</v>
       </c>
       <c r="DK12">
-        <v>22377</v>
+        <v>22904</v>
       </c>
       <c r="DL12">
         <v>0</v>
       </c>
       <c r="DM12">
         <v>1</v>
       </c>
       <c r="DN12">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="DO12">
         <v>22</v>
       </c>
       <c r="DP12">
         <v>57</v>
       </c>
       <c r="DQ12">
-        <v>30.81</v>
+        <v>31.49</v>
       </c>
       <c r="DR12">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="DS12">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="DT12">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="DU12">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="DV12" t="str">
         <v>FHFC TIC Report</v>
       </c>
       <c r="DW12">
         <v>0.09</v>
       </c>
       <c r="DX12">
         <v>0.18</v>
       </c>
       <c r="DY12">
         <v>0.8</v>
       </c>
       <c r="DZ12">
         <v>0.67</v>
       </c>
       <c r="EA12">
         <v>0.2</v>
       </c>
       <c r="EB12">
         <v>0.33</v>
       </c>
       <c r="EC12">
         <v>0.09</v>
       </c>
@@ -6341,91 +6341,106 @@
       <c r="M15">
         <v>107</v>
       </c>
       <c r="N15">
         <v>107</v>
       </c>
       <c r="Q15" t="str">
         <v>x</v>
       </c>
       <c r="R15" t="str">
         <v>-</v>
       </c>
       <c r="S15" t="str">
         <v>-</v>
       </c>
       <c r="T15" t="str">
         <v>-</v>
       </c>
       <c r="U15" t="str">
         <v>-</v>
       </c>
       <c r="V15" t="str">
         <v>Elderly;Family;Link</v>
       </c>
       <c r="W15" t="str">
-        <v>Not Ready for Occupancy</v>
+        <v>Ready for Occupancy</v>
       </c>
       <c r="X15">
         <v>2024</v>
       </c>
       <c r="Y15" t="str">
         <v>not avail.</v>
       </c>
       <c r="Z15" t="str">
         <v>not avail.</v>
       </c>
       <c r="AA15">
         <v>2074</v>
       </c>
       <c r="AB15">
         <v>30.742883</v>
       </c>
       <c r="AC15">
         <v>-86.556236</v>
       </c>
       <c r="AD15">
         <v>20701</v>
       </c>
       <c r="AE15">
         <v>2</v>
       </c>
       <c r="AF15">
         <v>0</v>
       </c>
       <c r="AG15">
         <v>54</v>
       </c>
       <c r="AH15">
         <v>53</v>
       </c>
       <c r="AI15">
         <v>0</v>
       </c>
       <c r="AJ15">
         <v>0</v>
       </c>
+      <c r="AM15">
+        <v>14</v>
+      </c>
+      <c r="AN15">
+        <v>0</v>
+      </c>
+      <c r="AO15">
+        <v>93</v>
+      </c>
+      <c r="AP15">
+        <v>0</v>
+      </c>
+      <c r="AQ15">
+        <v>0</v>
+      </c>
       <c r="AW15" t="str">
         <v>not avail.</v>
       </c>
       <c r="BC15" t="str">
         <v>not avail.</v>
       </c>
       <c r="BG15" t="str">
         <v>x</v>
       </c>
       <c r="BH15" t="str">
         <v>-</v>
       </c>
       <c r="BI15" t="str">
         <v>x</v>
       </c>
       <c r="BJ15" t="str">
         <v>x</v>
       </c>
       <c r="BK15" t="str">
         <v>-</v>
       </c>
       <c r="BL15" t="str">
         <v>-</v>
       </c>
       <c r="BM15" t="str">
@@ -6484,145 +6499,151 @@
       </c>
       <c r="CE15">
         <v>2022</v>
       </c>
       <c r="CF15">
         <v>2022</v>
       </c>
       <c r="CG15" t="str">
         <v>-</v>
       </c>
       <c r="CH15" t="str">
         <v>-</v>
       </c>
       <c r="CI15" t="str">
         <v>-</v>
       </c>
       <c r="CJ15" t="str">
         <v>-</v>
       </c>
       <c r="CK15" t="str">
         <v>-</v>
       </c>
       <c r="CL15" t="str">
         <v>-</v>
       </c>
-      <c r="CM15">
-        <v>2074</v>
+      <c r="CM15" t="str">
+        <v>not avail.</v>
       </c>
       <c r="CN15" t="str">
         <v>-</v>
       </c>
-      <c r="CO15">
-[...3 lines deleted...]
-        <v>2074</v>
+      <c r="CO15" t="str">
+        <v>not avail.</v>
+      </c>
+      <c r="CP15" t="str">
+        <v>not avail.</v>
       </c>
       <c r="CQ15" t="str">
         <v>-</v>
       </c>
       <c r="CR15" t="str">
         <v>-</v>
       </c>
       <c r="CS15" t="str">
         <v>-</v>
       </c>
       <c r="CT15" t="str">
         <v>-</v>
       </c>
       <c r="CU15" t="str">
         <v>-</v>
       </c>
       <c r="CV15" t="str">
         <v>-</v>
       </c>
       <c r="CW15" t="str">
         <v>-</v>
       </c>
       <c r="CX15" t="str">
         <v>-</v>
       </c>
       <c r="CY15" t="str">
         <v>-</v>
       </c>
       <c r="DB15" t="str">
         <v>not avail.</v>
       </c>
       <c r="DC15" t="str">
         <v>N</v>
       </c>
-      <c r="DF15" t="str">
-        <v>not avail.</v>
+      <c r="DD15">
+        <v>1.2</v>
+      </c>
+      <c r="DE15">
+        <v>64</v>
+      </c>
+      <c r="DF15">
+        <v>0</v>
       </c>
       <c r="DG15" t="str">
         <v>not avail.</v>
       </c>
       <c r="DH15" t="str">
         <v>not avail.</v>
       </c>
       <c r="DI15" t="str">
         <v>not avail.</v>
       </c>
       <c r="DJ15" t="str">
         <v>not avail.</v>
       </c>
-      <c r="DK15" t="str">
-[...30 lines deleted...]
-        <v>not avail.</v>
+      <c r="DK15">
+        <v>27999</v>
+      </c>
+      <c r="DL15">
+        <v>0</v>
+      </c>
+      <c r="DM15">
+        <v>0</v>
+      </c>
+      <c r="DN15">
+        <v>16</v>
+      </c>
+      <c r="DO15">
+        <v>8</v>
+      </c>
+      <c r="DP15">
+        <v>76</v>
+      </c>
+      <c r="DQ15">
+        <v>38.08</v>
+      </c>
+      <c r="DR15">
+        <v>28</v>
+      </c>
+      <c r="DS15">
+        <v>48</v>
+      </c>
+      <c r="DT15">
+        <v>24</v>
+      </c>
+      <c r="DU15">
+        <v>25</v>
       </c>
       <c r="DV15" t="str">
-        <v>not avail.</v>
+        <v>FHFC TIC Report</v>
       </c>
       <c r="DW15">
         <v>0.03</v>
       </c>
       <c r="DX15">
         <v>0.18</v>
       </c>
       <c r="DY15">
         <v>0.6</v>
       </c>
       <c r="DZ15">
         <v>0.67</v>
       </c>
       <c r="EA15">
         <v>0.4</v>
       </c>
       <c r="EB15">
         <v>0.33</v>
       </c>
       <c r="EC15">
         <v>0</v>
       </c>
       <c r="ED15">
         <v>0.26</v>
       </c>