--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -446,94 +446,94 @@
       </c>
       <c r="F3" t="str">
         <v>HUD/RD Rental Assistance Units</v>
       </c>
       <c r="G3" t="str">
         <v>Public Housing ACC Units</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Niceville</v>
       </c>
       <c r="B4" t="str">
         <v>USDA Rural Development</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4">
         <v>51</v>
       </c>
       <c r="E4">
         <v>51</v>
       </c>
       <c r="F4">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Niceville</v>
       </c>
       <c r="B5" t="str">
         <v>HUD Public Housing</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5">
         <v>111</v>
       </c>
       <c r="E5">
         <v>111</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>111</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Niceville</v>
       </c>
       <c r="B6" t="str">
         <v>Total, All Funders</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6">
         <v>162</v>
       </c>
       <c r="E6">
         <v>162</v>
       </c>
       <c r="F6">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="G6">
         <v>111</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:G6"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:FL5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Assisted Housing Inventory: Property List</v>
       </c>
     </row>
     <row r="3">
@@ -1537,51 +1537,51 @@
       <c r="G5" t="str">
         <v>400 KELLY ROAD</v>
       </c>
       <c r="H5" t="str">
         <v>Niceville</v>
       </c>
       <c r="I5">
         <v>32578</v>
       </c>
       <c r="J5" t="str">
         <v>Okaloosa</v>
       </c>
       <c r="K5" t="str">
         <v>Medium</v>
       </c>
       <c r="L5" t="str">
         <v>Rental Assistance/RD;Section 515</v>
       </c>
       <c r="M5">
         <v>51</v>
       </c>
       <c r="N5">
         <v>51</v>
       </c>
       <c r="O5">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="Q5" t="str">
         <v>-</v>
       </c>
       <c r="R5" t="str">
         <v>-</v>
       </c>
       <c r="S5" t="str">
         <v>-</v>
       </c>
       <c r="T5" t="str">
         <v>x</v>
       </c>
       <c r="U5" t="str">
         <v>-</v>
       </c>
       <c r="V5" t="str">
         <v>Family</v>
       </c>
       <c r="W5" t="str">
         <v>Ready for Occupancy</v>
       </c>
       <c r="X5">
         <v>1987</v>
       </c>