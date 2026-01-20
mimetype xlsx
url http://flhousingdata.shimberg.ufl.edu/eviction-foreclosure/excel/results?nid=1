--- v0 (2025-10-25)
+++ v1 (2026-01-20)
@@ -754,58 +754,58 @@
     <row r="10">
       <c r="A10" t="str">
         <v>Florida</v>
       </c>
       <c r="B10" t="str">
         <v>2025 Eviction filings</v>
       </c>
       <c r="C10">
         <v>14220</v>
       </c>
       <c r="D10">
         <v>10997</v>
       </c>
       <c r="E10">
         <v>10604</v>
       </c>
       <c r="F10">
         <v>10466</v>
       </c>
       <c r="G10">
         <v>11658</v>
       </c>
       <c r="H10">
         <v>11669</v>
       </c>
-      <c r="I10" t="str">
-[...6 lines deleted...]
-        <v>N/A</v>
+      <c r="I10">
+        <v>13132</v>
+      </c>
+      <c r="J10">
+        <v>12524</v>
+      </c>
+      <c r="K10">
+        <v>12868</v>
       </c>
       <c r="L10" t="str">
         <v>N/A</v>
       </c>
       <c r="M10" t="str">
         <v>N/A</v>
       </c>
       <c r="N10" t="str">
         <v>N/A</v>
       </c>
       <c r="O10" t="str">
         <v>N/A</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Florida</v>
       </c>
       <c r="B11" t="str">
         <v>2019 Evictions per 1,000 renter households</v>
       </c>
       <c r="C11">
         <v>4.54</v>
       </c>
       <c r="D11">
@@ -1083,58 +1083,58 @@
     <row r="17">
       <c r="A17" t="str">
         <v>Florida</v>
       </c>
       <c r="B17" t="str">
         <v>2025 Evictions per 1,000 renter households</v>
       </c>
       <c r="C17">
         <v>5.14</v>
       </c>
       <c r="D17">
         <v>3.97</v>
       </c>
       <c r="E17">
         <v>3.83</v>
       </c>
       <c r="F17">
         <v>3.78</v>
       </c>
       <c r="G17">
         <v>4.21</v>
       </c>
       <c r="H17">
         <v>4.22</v>
       </c>
-      <c r="I17" t="str">
-[...6 lines deleted...]
-        <v>N/A</v>
+      <c r="I17">
+        <v>4.75</v>
+      </c>
+      <c r="J17">
+        <v>4.53</v>
+      </c>
+      <c r="K17">
+        <v>4.65</v>
       </c>
       <c r="L17" t="str">
         <v>N/A</v>
       </c>
       <c r="M17" t="str">
         <v>N/A</v>
       </c>
       <c r="N17" t="str">
         <v>N/A</v>
       </c>
       <c r="O17" t="str">
         <v>N/A</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Florida</v>
       </c>
       <c r="B18" t="str">
         <v>2019-2020 # change</v>
       </c>
       <c r="C18">
         <v>-536</v>
       </c>
       <c r="D18">
@@ -1365,58 +1365,58 @@
     <row r="23">
       <c r="A23" t="str">
         <v>Florida</v>
       </c>
       <c r="B23" t="str">
         <v>2024-2025 # change</v>
       </c>
       <c r="C23">
         <v>-3</v>
       </c>
       <c r="D23">
         <v>-1585</v>
       </c>
       <c r="E23">
         <v>9</v>
       </c>
       <c r="F23">
         <v>-769</v>
       </c>
       <c r="G23">
         <v>-655</v>
       </c>
       <c r="H23">
         <v>-206</v>
       </c>
-      <c r="I23" t="str">
-[...6 lines deleted...]
-        <v>N/A</v>
+      <c r="I23">
+        <v>-250</v>
+      </c>
+      <c r="J23">
+        <v>-778</v>
+      </c>
+      <c r="K23">
+        <v>552</v>
       </c>
       <c r="L23" t="str">
         <v>N/A</v>
       </c>
       <c r="M23" t="str">
         <v>N/A</v>
       </c>
       <c r="N23" t="str">
         <v>N/A</v>
       </c>
       <c r="O23" t="str">
         <v>N/A</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>Florida</v>
       </c>
       <c r="B24" t="str">
         <v>2019-2020 % change</v>
       </c>
       <c r="C24" t="str">
         <v>-4%</v>
       </c>
       <c r="D24" t="str">
@@ -1648,57 +1648,57 @@
       <c r="A29" t="str">
         <v>Florida</v>
       </c>
       <c r="B29" t="str">
         <v>2024-2025 % change</v>
       </c>
       <c r="C29" t="str">
         <v>0%</v>
       </c>
       <c r="D29" t="str">
         <v>-14%</v>
       </c>
       <c r="E29" t="str">
         <v>0%</v>
       </c>
       <c r="F29" t="str">
         <v>-7%</v>
       </c>
       <c r="G29" t="str">
         <v>-6%</v>
       </c>
       <c r="H29" t="str">
         <v>-2%</v>
       </c>
       <c r="I29" t="str">
-        <v>N/A</v>
+        <v>-2%</v>
       </c>
       <c r="J29" t="str">
-        <v>N/A</v>
+        <v>-6%</v>
       </c>
       <c r="K29" t="str">
-        <v>N/A</v>
+        <v>4%</v>
       </c>
       <c r="L29" t="str">
         <v>N/A</v>
       </c>
       <c r="M29" t="str">
         <v>N/A</v>
       </c>
       <c r="N29" t="str">
         <v>N/A</v>
       </c>
       <c r="O29" t="str">
         <v>N/A</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:O29"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:O29"/>
   <sheetViews>
@@ -2042,58 +2042,58 @@
     <row r="10">
       <c r="A10" t="str">
         <v>Florida</v>
       </c>
       <c r="B10" t="str">
         <v>2025 Foreclosure filings</v>
       </c>
       <c r="C10">
         <v>1977</v>
       </c>
       <c r="D10">
         <v>2506</v>
       </c>
       <c r="E10">
         <v>2765</v>
       </c>
       <c r="F10">
         <v>2977</v>
       </c>
       <c r="G10">
         <v>2831</v>
       </c>
       <c r="H10">
         <v>2785</v>
       </c>
-      <c r="I10" t="str">
-[...6 lines deleted...]
-        <v>N/A</v>
+      <c r="I10">
+        <v>3093</v>
+      </c>
+      <c r="J10">
+        <v>3396</v>
+      </c>
+      <c r="K10">
+        <v>3765</v>
       </c>
       <c r="L10" t="str">
         <v>N/A</v>
       </c>
       <c r="M10" t="str">
         <v>N/A</v>
       </c>
       <c r="N10" t="str">
         <v>N/A</v>
       </c>
       <c r="O10" t="str">
         <v>N/A</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Florida</v>
       </c>
       <c r="B11" t="str">
         <v>2019 Foreclosures per 1,000 owner households</v>
       </c>
       <c r="C11">
         <v>0.67</v>
       </c>
       <c r="D11">
@@ -2371,58 +2371,58 @@
     <row r="17">
       <c r="A17" t="str">
         <v>Florida</v>
       </c>
       <c r="B17" t="str">
         <v>2025 Foreclosures per 1,000 owner households</v>
       </c>
       <c r="C17">
         <v>0.32</v>
       </c>
       <c r="D17">
         <v>0.41</v>
       </c>
       <c r="E17">
         <v>0.45</v>
       </c>
       <c r="F17">
         <v>0.49</v>
       </c>
       <c r="G17">
         <v>0.46</v>
       </c>
       <c r="H17">
         <v>0.46</v>
       </c>
-      <c r="I17" t="str">
-[...6 lines deleted...]
-        <v>N/A</v>
+      <c r="I17">
+        <v>0.51</v>
+      </c>
+      <c r="J17">
+        <v>0.56</v>
+      </c>
+      <c r="K17">
+        <v>0.62</v>
       </c>
       <c r="L17" t="str">
         <v>N/A</v>
       </c>
       <c r="M17" t="str">
         <v>N/A</v>
       </c>
       <c r="N17" t="str">
         <v>N/A</v>
       </c>
       <c r="O17" t="str">
         <v>N/A</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Florida</v>
       </c>
       <c r="B18" t="str">
         <v>2019-2020 # change</v>
       </c>
       <c r="C18">
         <v>-793</v>
       </c>
       <c r="D18">
@@ -2653,58 +2653,58 @@
     <row r="23">
       <c r="A23" t="str">
         <v>Florida</v>
       </c>
       <c r="B23" t="str">
         <v>2024-2025 # change</v>
       </c>
       <c r="C23">
         <v>-728</v>
       </c>
       <c r="D23">
         <v>-312</v>
       </c>
       <c r="E23">
         <v>369</v>
       </c>
       <c r="F23">
         <v>173</v>
       </c>
       <c r="G23">
         <v>63</v>
       </c>
       <c r="H23">
         <v>123</v>
       </c>
-      <c r="I23" t="str">
-[...6 lines deleted...]
-        <v>N/A</v>
+      <c r="I23">
+        <v>396</v>
+      </c>
+      <c r="J23">
+        <v>568</v>
+      </c>
+      <c r="K23">
+        <v>1437</v>
       </c>
       <c r="L23" t="str">
         <v>N/A</v>
       </c>
       <c r="M23" t="str">
         <v>N/A</v>
       </c>
       <c r="N23" t="str">
         <v>N/A</v>
       </c>
       <c r="O23" t="str">
         <v>N/A</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>Florida</v>
       </c>
       <c r="B24" t="str">
         <v>2019-2020 % change</v>
       </c>
       <c r="C24" t="str">
         <v>-23%</v>
       </c>
       <c r="D24" t="str">
@@ -2936,57 +2936,57 @@
       <c r="A29" t="str">
         <v>Florida</v>
       </c>
       <c r="B29" t="str">
         <v>2024-2025 % change</v>
       </c>
       <c r="C29" t="str">
         <v>-37%</v>
       </c>
       <c r="D29" t="str">
         <v>-13%</v>
       </c>
       <c r="E29" t="str">
         <v>13%</v>
       </c>
       <c r="F29" t="str">
         <v>6%</v>
       </c>
       <c r="G29" t="str">
         <v>2%</v>
       </c>
       <c r="H29" t="str">
         <v>4%</v>
       </c>
       <c r="I29" t="str">
-        <v>N/A</v>
+        <v>13%</v>
       </c>
       <c r="J29" t="str">
-        <v>N/A</v>
+        <v>17%</v>
       </c>
       <c r="K29" t="str">
-        <v>N/A</v>
+        <v>38%</v>
       </c>
       <c r="L29" t="str">
         <v>N/A</v>
       </c>
       <c r="M29" t="str">
         <v>N/A</v>
       </c>
       <c r="N29" t="str">
         <v>N/A</v>
       </c>
       <c r="O29" t="str">
         <v>N/A</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:O29"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B3"/>
   <sheetViews>