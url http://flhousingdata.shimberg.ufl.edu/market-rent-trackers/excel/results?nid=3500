--- v0 (2025-10-31)
+++ v1 (2026-01-29)
@@ -455,1393 +455,1393 @@
       </c>
       <c r="K3" t="str">
         <v>August</v>
       </c>
       <c r="L3" t="str">
         <v>September</v>
       </c>
       <c r="M3" t="str">
         <v>October</v>
       </c>
       <c r="N3" t="str">
         <v>November</v>
       </c>
       <c r="O3" t="str">
         <v>December</v>
       </c>
       <c r="P3" t="str">
         <v>% Change from Previous Year (July)</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Lee County</v>
       </c>
       <c r="B4" t="str">
-        <v>1br</v>
+        <v>1 BR</v>
       </c>
       <c r="C4">
         <v>2017</v>
       </c>
       <c r="D4">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="E4">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="F4">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="G4">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="H4">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="I4">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="J4">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="K4">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="L4">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="M4">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="N4">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="O4">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="P4" t="str">
         <v>-</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Lee County</v>
       </c>
       <c r="B5" t="str">
-        <v>1br</v>
+        <v>1 BR</v>
       </c>
       <c r="C5">
         <v>2018</v>
       </c>
       <c r="D5">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="E5">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="F5">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="G5">
+        <v>914</v>
+      </c>
+      <c r="H5">
+        <v>922</v>
+      </c>
+      <c r="I5">
+        <v>917</v>
+      </c>
+      <c r="J5">
         <v>912</v>
       </c>
-      <c r="H5">
-[...7 lines deleted...]
-      </c>
       <c r="K5">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="L5">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="M5">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="N5">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="O5">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="P5">
         <v>0.04</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Lee County</v>
       </c>
       <c r="B6" t="str">
-        <v>1br</v>
+        <v>1 BR</v>
       </c>
       <c r="C6">
         <v>2019</v>
       </c>
       <c r="D6">
         <v>864</v>
       </c>
       <c r="E6">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F6">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="G6">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="H6">
+        <v>921</v>
+      </c>
+      <c r="I6">
+        <v>924</v>
+      </c>
+      <c r="J6">
+        <v>929</v>
+      </c>
+      <c r="K6">
+        <v>924</v>
+      </c>
+      <c r="L6">
         <v>919</v>
       </c>
-      <c r="I6">
-[...10 lines deleted...]
-      </c>
       <c r="M6">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="N6">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="O6">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="P6">
         <v>0.02</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Lee County</v>
       </c>
       <c r="B7" t="str">
-        <v>1br</v>
+        <v>1 BR</v>
       </c>
       <c r="C7">
         <v>2020</v>
       </c>
       <c r="D7">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="E7">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="F7">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="G7">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="H7">
         <v>916</v>
       </c>
       <c r="I7">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="J7">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="K7">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="L7">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="M7">
         <v>921</v>
       </c>
       <c r="N7">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="O7">
         <v>924</v>
       </c>
       <c r="P7">
         <v>-0.02</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Lee County</v>
       </c>
       <c r="B8" t="str">
-        <v>1br</v>
+        <v>1 BR</v>
       </c>
       <c r="C8">
         <v>2021</v>
       </c>
       <c r="D8">
         <v>924</v>
       </c>
       <c r="E8">
         <v>922</v>
       </c>
       <c r="F8">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="G8">
         <v>951</v>
       </c>
       <c r="H8">
         <v>970</v>
       </c>
       <c r="I8">
         <v>1002</v>
       </c>
       <c r="J8">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="K8">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="L8">
-        <v>1163</v>
+        <v>1162</v>
       </c>
       <c r="M8">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="N8">
-        <v>1244</v>
+        <v>1243</v>
       </c>
       <c r="O8">
         <v>1260</v>
       </c>
       <c r="P8">
         <v>0.14</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Lee County</v>
       </c>
       <c r="B9" t="str">
-        <v>1br</v>
+        <v>1 BR</v>
       </c>
       <c r="C9">
         <v>2022</v>
       </c>
       <c r="D9">
         <v>1276</v>
       </c>
       <c r="E9">
         <v>1290</v>
       </c>
       <c r="F9">
         <v>1290</v>
       </c>
       <c r="G9">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="H9">
         <v>1301</v>
       </c>
       <c r="I9">
         <v>1304</v>
       </c>
       <c r="J9">
         <v>1299</v>
       </c>
       <c r="K9">
         <v>1288</v>
       </c>
       <c r="L9">
         <v>1278</v>
       </c>
       <c r="M9">
         <v>1297</v>
       </c>
       <c r="N9">
         <v>1326</v>
       </c>
       <c r="O9">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="P9">
         <v>0.25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Lee County</v>
       </c>
       <c r="B10" t="str">
-        <v>1br</v>
+        <v>1 BR</v>
       </c>
       <c r="C10">
         <v>2023</v>
       </c>
       <c r="D10">
         <v>1387</v>
       </c>
       <c r="E10">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="F10">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="G10">
-        <v>1355</v>
+        <v>1354</v>
       </c>
       <c r="H10">
-        <v>1330</v>
+        <v>1329</v>
       </c>
       <c r="I10">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="J10">
-        <v>1285</v>
+        <v>1284</v>
       </c>
       <c r="K10">
-        <v>1282</v>
+        <v>1281</v>
       </c>
       <c r="L10">
         <v>1277</v>
       </c>
       <c r="M10">
         <v>1275</v>
       </c>
       <c r="N10">
         <v>1252</v>
       </c>
       <c r="O10">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="P10">
         <v>-0.01</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Lee County</v>
       </c>
       <c r="B11" t="str">
-        <v>1br</v>
+        <v>1 BR</v>
       </c>
       <c r="C11">
         <v>2024</v>
       </c>
       <c r="D11">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="E11">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="F11">
-        <v>1210</v>
+        <v>1208</v>
       </c>
       <c r="G11">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="H11">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="I11">
         <v>1192</v>
       </c>
       <c r="J11">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="K11">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="L11">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="M11">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="N11">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="O11">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="P11">
         <v>-0.08</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Lee County</v>
       </c>
       <c r="B12" t="str">
-        <v>1br</v>
+        <v>1 BR</v>
       </c>
       <c r="C12">
         <v>2025</v>
       </c>
       <c r="D12">
-        <v>1144</v>
+        <v>1143</v>
       </c>
       <c r="E12">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="F12">
+        <v>1146</v>
+      </c>
+      <c r="G12">
         <v>1148</v>
       </c>
-      <c r="G12">
-[...1 lines deleted...]
-      </c>
       <c r="H12">
-        <v>1144</v>
+        <v>1140</v>
       </c>
       <c r="I12">
-        <v>1136</v>
+        <v>1132</v>
       </c>
       <c r="J12">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="K12">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="L12">
-        <v>1083</v>
-[...11 lines deleted...]
-        <v>-</v>
+        <v>1041</v>
+      </c>
+      <c r="M12">
+        <v>1062</v>
+      </c>
+      <c r="N12">
+        <v>1046</v>
+      </c>
+      <c r="O12">
+        <v>1041</v>
+      </c>
+      <c r="P12">
+        <v>-0.05</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Lee County</v>
       </c>
       <c r="B13" t="str">
-        <v>2br</v>
+        <v>2 BR</v>
       </c>
       <c r="C13">
         <v>2017</v>
       </c>
       <c r="D13">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="E13">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="F13">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="G13">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="H13">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="I13">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="J13">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="K13">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="L13">
+        <v>1024</v>
+      </c>
+      <c r="M13">
         <v>1020</v>
       </c>
-      <c r="M13">
-[...1 lines deleted...]
-      </c>
       <c r="N13">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="O13">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="P13" t="str">
         <v>-</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Lee County</v>
       </c>
       <c r="B14" t="str">
-        <v>2br</v>
+        <v>2 BR</v>
       </c>
       <c r="C14">
         <v>2018</v>
       </c>
       <c r="D14">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="E14">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="F14">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="G14">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="H14">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="I14">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="J14">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="K14">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="L14">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="M14">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="N14">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="O14">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="P14">
         <v>0.04</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Lee County</v>
       </c>
       <c r="B15" t="str">
-        <v>2br</v>
+        <v>2 BR</v>
       </c>
       <c r="C15">
         <v>2019</v>
       </c>
       <c r="D15">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="E15">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="F15">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="G15">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="H15">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="I15">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="J15">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="K15">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="L15">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="M15">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="N15">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="O15">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="P15">
         <v>0.02</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Lee County</v>
       </c>
       <c r="B16" t="str">
-        <v>2br</v>
+        <v>2 BR</v>
       </c>
       <c r="C16">
         <v>2020</v>
       </c>
       <c r="D16">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="E16">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="F16">
         <v>1064</v>
       </c>
       <c r="G16">
         <v>1066</v>
       </c>
       <c r="H16">
         <v>1053</v>
       </c>
       <c r="I16">
+        <v>1050</v>
+      </c>
+      <c r="J16">
         <v>1049</v>
       </c>
-      <c r="J16">
-[...1 lines deleted...]
-      </c>
       <c r="K16">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="L16">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="M16">
         <v>1059</v>
       </c>
       <c r="N16">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="O16">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="P16">
         <v>-0.02</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Lee County</v>
       </c>
       <c r="B17" t="str">
-        <v>2br</v>
+        <v>2 BR</v>
       </c>
       <c r="C17">
         <v>2021</v>
       </c>
       <c r="D17">
         <v>1062</v>
       </c>
       <c r="E17">
         <v>1060</v>
       </c>
       <c r="F17">
         <v>1079</v>
       </c>
       <c r="G17">
         <v>1093</v>
       </c>
       <c r="H17">
         <v>1115</v>
       </c>
       <c r="I17">
         <v>1152</v>
       </c>
       <c r="J17">
         <v>1195</v>
       </c>
       <c r="K17">
         <v>1265</v>
       </c>
       <c r="L17">
-        <v>1337</v>
+        <v>1336</v>
       </c>
       <c r="M17">
-        <v>1401</v>
+        <v>1400</v>
       </c>
       <c r="N17">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="O17">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="P17">
         <v>0.14</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Lee County</v>
       </c>
       <c r="B18" t="str">
-        <v>2br</v>
+        <v>2 BR</v>
       </c>
       <c r="C18">
         <v>2022</v>
       </c>
       <c r="D18">
         <v>1467</v>
       </c>
       <c r="E18">
         <v>1483</v>
       </c>
       <c r="F18">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="G18">
         <v>1487</v>
       </c>
       <c r="H18">
         <v>1496</v>
       </c>
       <c r="I18">
         <v>1500</v>
       </c>
       <c r="J18">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K18">
         <v>1481</v>
       </c>
       <c r="L18">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="M18">
-        <v>1492</v>
+        <v>1491</v>
       </c>
       <c r="N18">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="O18">
         <v>1570</v>
       </c>
       <c r="P18">
         <v>0.25</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>Lee County</v>
       </c>
       <c r="B19" t="str">
-        <v>2br</v>
+        <v>2 BR</v>
       </c>
       <c r="C19">
         <v>2023</v>
       </c>
       <c r="D19">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="E19">
         <v>1598</v>
       </c>
       <c r="F19">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="G19">
-        <v>1558</v>
+        <v>1556</v>
       </c>
       <c r="H19">
-        <v>1529</v>
+        <v>1528</v>
       </c>
       <c r="I19">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="J19">
-        <v>1477</v>
+        <v>1476</v>
       </c>
       <c r="K19">
-        <v>1474</v>
+        <v>1472</v>
       </c>
       <c r="L19">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="M19">
         <v>1466</v>
       </c>
       <c r="N19">
         <v>1440</v>
       </c>
       <c r="O19">
-        <v>1421</v>
+        <v>1420</v>
       </c>
       <c r="P19">
         <v>-0.01</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>Lee County</v>
       </c>
       <c r="B20" t="str">
-        <v>2br</v>
+        <v>2 BR</v>
       </c>
       <c r="C20">
         <v>2024</v>
       </c>
       <c r="D20">
-        <v>1412</v>
+        <v>1411</v>
       </c>
       <c r="E20">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="F20">
-        <v>1391</v>
+        <v>1389</v>
       </c>
       <c r="G20">
-        <v>1381</v>
+        <v>1380</v>
       </c>
       <c r="H20">
-        <v>1377</v>
+        <v>1376</v>
       </c>
       <c r="I20">
-        <v>1371</v>
+        <v>1370</v>
       </c>
       <c r="J20">
-        <v>1356</v>
+        <v>1355</v>
       </c>
       <c r="K20">
-        <v>1355</v>
+        <v>1354</v>
       </c>
       <c r="L20">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="M20">
-        <v>1331</v>
+        <v>1329</v>
       </c>
       <c r="N20">
-        <v>1321</v>
+        <v>1318</v>
       </c>
       <c r="O20">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="P20">
         <v>-0.08</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Lee County</v>
       </c>
       <c r="B21" t="str">
-        <v>2br</v>
+        <v>2 BR</v>
       </c>
       <c r="C21">
         <v>2025</v>
       </c>
       <c r="D21">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="E21">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="F21">
+        <v>1318</v>
+      </c>
+      <c r="G21">
         <v>1320</v>
       </c>
-      <c r="G21">
-[...1 lines deleted...]
-      </c>
       <c r="H21">
-        <v>1316</v>
+        <v>1310</v>
       </c>
       <c r="I21">
-        <v>1307</v>
+        <v>1301</v>
       </c>
       <c r="J21">
-        <v>1289</v>
+        <v>1284</v>
       </c>
       <c r="K21">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="L21">
-        <v>1245</v>
-[...11 lines deleted...]
-        <v>-</v>
+        <v>1196</v>
+      </c>
+      <c r="M21">
+        <v>1221</v>
+      </c>
+      <c r="N21">
+        <v>1203</v>
+      </c>
+      <c r="O21">
+        <v>1196</v>
+      </c>
+      <c r="P21">
+        <v>-0.05</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>Lee County</v>
       </c>
       <c r="B22" t="str">
         <v>overall</v>
       </c>
       <c r="C22">
         <v>2017</v>
       </c>
       <c r="D22">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="E22">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="F22">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="G22">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="H22">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="I22">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="J22">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="K22">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="L22">
+        <v>1087</v>
+      </c>
+      <c r="M22">
         <v>1082</v>
       </c>
-      <c r="M22">
-[...1 lines deleted...]
-      </c>
       <c r="N22">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="O22">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="P22" t="str">
         <v>-</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>Lee County</v>
       </c>
       <c r="B23" t="str">
         <v>overall</v>
       </c>
       <c r="C23">
         <v>2018</v>
       </c>
       <c r="D23">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="E23">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="F23">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="G23">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="H23">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="I23">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="J23">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="K23">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="L23">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="M23">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="N23">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="O23">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="P23">
         <v>0.04</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>Lee County</v>
       </c>
       <c r="B24" t="str">
         <v>overall</v>
       </c>
       <c r="C24">
         <v>2019</v>
       </c>
       <c r="D24">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="E24">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="F24">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="G24">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="H24">
+        <v>1124</v>
+      </c>
+      <c r="I24">
+        <v>1128</v>
+      </c>
+      <c r="J24">
+        <v>1133</v>
+      </c>
+      <c r="K24">
+        <v>1128</v>
+      </c>
+      <c r="L24">
         <v>1121</v>
       </c>
-      <c r="I24">
-[...10 lines deleted...]
-      </c>
       <c r="M24">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="N24">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="O24">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="P24">
         <v>0.02</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>Lee County</v>
       </c>
       <c r="B25" t="str">
         <v>overall</v>
       </c>
       <c r="C25">
         <v>2020</v>
       </c>
       <c r="D25">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="E25">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="F25">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="G25">
         <v>1131</v>
       </c>
       <c r="H25">
         <v>1117</v>
       </c>
       <c r="I25">
         <v>1113</v>
       </c>
       <c r="J25">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="K25">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="L25">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="M25">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="N25">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="O25">
         <v>1127</v>
       </c>
       <c r="P25">
         <v>-0.02</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>Lee County</v>
       </c>
       <c r="B26" t="str">
         <v>overall</v>
       </c>
       <c r="C26">
         <v>2021</v>
       </c>
       <c r="D26">
         <v>1127</v>
       </c>
       <c r="E26">
         <v>1125</v>
       </c>
       <c r="F26">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="G26">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="H26">
         <v>1183</v>
       </c>
       <c r="I26">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="J26">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="K26">
-        <v>1342</v>
+        <v>1341</v>
       </c>
       <c r="L26">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="M26">
-        <v>1486</v>
+        <v>1485</v>
       </c>
       <c r="N26">
-        <v>1517</v>
+        <v>1516</v>
       </c>
       <c r="O26">
-        <v>1537</v>
+        <v>1536</v>
       </c>
       <c r="P26">
         <v>0.14</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>Lee County</v>
       </c>
       <c r="B27" t="str">
         <v>overall</v>
       </c>
       <c r="C27">
         <v>2022</v>
       </c>
       <c r="D27">
         <v>1556</v>
       </c>
       <c r="E27">
         <v>1573</v>
       </c>
       <c r="F27">
         <v>1574</v>
       </c>
       <c r="G27">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="H27">
         <v>1587</v>
       </c>
       <c r="I27">
         <v>1591</v>
       </c>
       <c r="J27">
         <v>1584</v>
       </c>
       <c r="K27">
         <v>1571</v>
       </c>
       <c r="L27">
-        <v>1559</v>
+        <v>1558</v>
       </c>
       <c r="M27">
         <v>1582</v>
       </c>
       <c r="N27">
         <v>1617</v>
       </c>
       <c r="O27">
         <v>1665</v>
       </c>
       <c r="P27">
         <v>0.25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>Lee County</v>
       </c>
       <c r="B28" t="str">
         <v>overall</v>
       </c>
       <c r="C28">
         <v>2023</v>
       </c>
       <c r="D28">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="E28">
         <v>1695</v>
       </c>
       <c r="F28">
-        <v>1681</v>
+        <v>1680</v>
       </c>
       <c r="G28">
-        <v>1652</v>
+        <v>1651</v>
       </c>
       <c r="H28">
-        <v>1622</v>
+        <v>1621</v>
       </c>
       <c r="I28">
-        <v>1597</v>
+        <v>1596</v>
       </c>
       <c r="J28">
-        <v>1567</v>
+        <v>1566</v>
       </c>
       <c r="K28">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="L28">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="M28">
         <v>1555</v>
       </c>
       <c r="N28">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="O28">
-        <v>1508</v>
+        <v>1506</v>
       </c>
       <c r="P28">
         <v>-0.01</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>Lee County</v>
       </c>
       <c r="B29" t="str">
         <v>overall</v>
       </c>
       <c r="C29">
         <v>2024</v>
       </c>
       <c r="D29">
-        <v>1498</v>
+        <v>1497</v>
       </c>
       <c r="E29">
-        <v>1485</v>
+        <v>1483</v>
       </c>
       <c r="F29">
-        <v>1476</v>
+        <v>1473</v>
       </c>
       <c r="G29">
-        <v>1465</v>
+        <v>1464</v>
       </c>
       <c r="H29">
-        <v>1461</v>
+        <v>1460</v>
       </c>
       <c r="I29">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="J29">
-        <v>1439</v>
+        <v>1438</v>
       </c>
       <c r="K29">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="L29">
-        <v>1416</v>
+        <v>1414</v>
       </c>
       <c r="M29">
-        <v>1412</v>
+        <v>1410</v>
       </c>
       <c r="N29">
-        <v>1401</v>
+        <v>1398</v>
       </c>
       <c r="O29">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="P29">
         <v>-0.08</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>Lee County</v>
       </c>
       <c r="B30" t="str">
         <v>overall</v>
       </c>
       <c r="C30">
         <v>2025</v>
       </c>
       <c r="D30">
-        <v>1396</v>
+        <v>1394</v>
       </c>
       <c r="E30">
-        <v>1396</v>
+        <v>1394</v>
       </c>
       <c r="F30">
-        <v>1401</v>
+        <v>1398</v>
       </c>
       <c r="G30">
-        <v>1405</v>
+        <v>1400</v>
       </c>
       <c r="H30">
-        <v>1396</v>
+        <v>1390</v>
       </c>
       <c r="I30">
-        <v>1386</v>
+        <v>1380</v>
       </c>
       <c r="J30">
-        <v>1367</v>
+        <v>1362</v>
       </c>
       <c r="K30">
-        <v>1347</v>
+        <v>1343</v>
       </c>
       <c r="L30">
-        <v>1321</v>
-[...11 lines deleted...]
-        <v>-</v>
+        <v>1269</v>
+      </c>
+      <c r="M30">
+        <v>1295</v>
+      </c>
+      <c r="N30">
+        <v>1276</v>
+      </c>
+      <c r="O30">
+        <v>1269</v>
+      </c>
+      <c r="P30">
+        <v>-0.05</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:P30"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:O14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Zillow Observed Rent Index (ZORI), Market-Rate Rent</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>County</v>
       </c>
@@ -1874,554 +1874,554 @@
       </c>
       <c r="K3" t="str">
         <v>September</v>
       </c>
       <c r="L3" t="str">
         <v>October</v>
       </c>
       <c r="M3" t="str">
         <v>November</v>
       </c>
       <c r="N3" t="str">
         <v>December</v>
       </c>
       <c r="O3" t="str">
         <v>% Change from Previous Year (July)</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Lee County</v>
       </c>
       <c r="B4">
         <v>2015</v>
       </c>
       <c r="C4">
-        <v>1010</v>
+        <v>971</v>
       </c>
       <c r="D4">
-        <v>1019</v>
+        <v>979</v>
       </c>
       <c r="E4">
-        <v>1025</v>
+        <v>984</v>
       </c>
       <c r="F4">
-        <v>1039</v>
+        <v>998</v>
       </c>
       <c r="G4">
-        <v>1049</v>
+        <v>1007</v>
       </c>
       <c r="H4">
-        <v>1062</v>
+        <v>1020</v>
       </c>
       <c r="I4">
-        <v>1072</v>
+        <v>1029</v>
       </c>
       <c r="J4">
-        <v>1078</v>
+        <v>1036</v>
       </c>
       <c r="K4">
-        <v>1094</v>
+        <v>1050</v>
       </c>
       <c r="L4">
-        <v>1100</v>
+        <v>1056</v>
       </c>
       <c r="M4">
-        <v>1120</v>
+        <v>1076</v>
       </c>
       <c r="N4">
-        <v>1120</v>
+        <v>1076</v>
       </c>
       <c r="O4" t="str">
         <v>-</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Lee County</v>
       </c>
       <c r="B5">
         <v>2016</v>
       </c>
       <c r="C5">
-        <v>1130</v>
+        <v>1087</v>
       </c>
       <c r="D5">
-        <v>1123</v>
+        <v>1080</v>
       </c>
       <c r="E5">
-        <v>1129</v>
+        <v>1085</v>
       </c>
       <c r="F5">
-        <v>1135</v>
+        <v>1090</v>
       </c>
       <c r="G5">
-        <v>1141</v>
+        <v>1095</v>
       </c>
       <c r="H5">
-        <v>1144</v>
+        <v>1098</v>
       </c>
       <c r="I5">
-        <v>1148</v>
+        <v>1102</v>
       </c>
       <c r="J5">
-        <v>1156</v>
+        <v>1110</v>
       </c>
       <c r="K5">
-        <v>1163</v>
+        <v>1116</v>
       </c>
       <c r="L5">
-        <v>1164</v>
+        <v>1118</v>
       </c>
       <c r="M5">
-        <v>1168</v>
+        <v>1122</v>
       </c>
       <c r="N5">
-        <v>1172</v>
+        <v>1125</v>
       </c>
       <c r="O5" t="str">
         <v>-</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Lee County</v>
       </c>
       <c r="B6">
         <v>2017</v>
       </c>
       <c r="C6">
-        <v>1181</v>
+        <v>1134</v>
       </c>
       <c r="D6">
-        <v>1187</v>
+        <v>1140</v>
       </c>
       <c r="E6">
-        <v>1193</v>
+        <v>1145</v>
       </c>
       <c r="F6">
-        <v>1194</v>
+        <v>1147</v>
       </c>
       <c r="G6">
-        <v>1194</v>
+        <v>1147</v>
       </c>
       <c r="H6">
-        <v>1196</v>
+        <v>1148</v>
       </c>
       <c r="I6">
-        <v>1199</v>
+        <v>1151</v>
       </c>
       <c r="J6">
-        <v>1204</v>
+        <v>1156</v>
       </c>
       <c r="K6">
-        <v>1210</v>
+        <v>1162</v>
       </c>
       <c r="L6">
-        <v>1217</v>
+        <v>1168</v>
       </c>
       <c r="M6">
-        <v>1226</v>
+        <v>1177</v>
       </c>
       <c r="N6">
-        <v>1232</v>
+        <v>1182</v>
       </c>
       <c r="O6">
         <v>0.04</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Lee County</v>
       </c>
       <c r="B7">
         <v>2018</v>
       </c>
       <c r="C7">
-        <v>1240</v>
+        <v>1191</v>
       </c>
       <c r="D7">
-        <v>1248</v>
+        <v>1199</v>
       </c>
       <c r="E7">
-        <v>1252</v>
+        <v>1202</v>
       </c>
       <c r="F7">
-        <v>1249</v>
+        <v>1199</v>
       </c>
       <c r="G7">
-        <v>1245</v>
+        <v>1196</v>
       </c>
       <c r="H7">
-        <v>1247</v>
+        <v>1198</v>
       </c>
       <c r="I7">
-        <v>1252</v>
+        <v>1203</v>
       </c>
       <c r="J7">
-        <v>1266</v>
+        <v>1216</v>
       </c>
       <c r="K7">
-        <v>1271</v>
+        <v>1219</v>
       </c>
       <c r="L7">
-        <v>1279</v>
+        <v>1226</v>
       </c>
       <c r="M7">
-        <v>1273</v>
+        <v>1220</v>
       </c>
       <c r="N7">
-        <v>1277</v>
+        <v>1226</v>
       </c>
       <c r="O7">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Lee County</v>
       </c>
       <c r="B8">
         <v>2019</v>
       </c>
       <c r="C8">
-        <v>1282</v>
+        <v>1230</v>
       </c>
       <c r="D8">
-        <v>1287</v>
+        <v>1235</v>
       </c>
       <c r="E8">
-        <v>1288</v>
+        <v>1236</v>
       </c>
       <c r="F8">
-        <v>1289</v>
+        <v>1237</v>
       </c>
       <c r="G8">
-        <v>1292</v>
+        <v>1239</v>
       </c>
       <c r="H8">
-        <v>1298</v>
+        <v>1246</v>
       </c>
       <c r="I8">
-        <v>1301</v>
+        <v>1248</v>
       </c>
       <c r="J8">
-        <v>1303</v>
+        <v>1251</v>
       </c>
       <c r="K8">
-        <v>1305</v>
+        <v>1253</v>
       </c>
       <c r="L8">
-        <v>1311</v>
+        <v>1259</v>
       </c>
       <c r="M8">
-        <v>1322</v>
+        <v>1267</v>
       </c>
       <c r="N8">
-        <v>1328</v>
+        <v>1272</v>
       </c>
       <c r="O8">
         <v>0.04</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Lee County</v>
       </c>
       <c r="B9">
         <v>2020</v>
       </c>
       <c r="C9">
+        <v>1276</v>
+      </c>
+      <c r="D9">
+        <v>1277</v>
+      </c>
+      <c r="E9">
+        <v>1279</v>
+      </c>
+      <c r="F9">
+        <v>1272</v>
+      </c>
+      <c r="G9">
+        <v>1274</v>
+      </c>
+      <c r="H9">
+        <v>1280</v>
+      </c>
+      <c r="I9">
+        <v>1300</v>
+      </c>
+      <c r="J9">
+        <v>1319</v>
+      </c>
+      <c r="K9">
         <v>1332</v>
       </c>
-      <c r="D9">
-[...22 lines deleted...]
-      </c>
       <c r="L9">
-        <v>1403</v>
+        <v>1345</v>
       </c>
       <c r="M9">
-        <v>1409</v>
+        <v>1350</v>
       </c>
       <c r="N9">
-        <v>1424</v>
+        <v>1362</v>
       </c>
       <c r="O9">
         <v>0.04</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Lee County</v>
       </c>
       <c r="B10">
         <v>2021</v>
       </c>
       <c r="C10">
-        <v>1427</v>
+        <v>1367</v>
       </c>
       <c r="D10">
-        <v>1433</v>
+        <v>1374</v>
       </c>
       <c r="E10">
-        <v>1450</v>
+        <v>1391</v>
       </c>
       <c r="F10">
-        <v>1470</v>
+        <v>1411</v>
       </c>
       <c r="G10">
-        <v>1500</v>
+        <v>1440</v>
       </c>
       <c r="H10">
-        <v>1533</v>
+        <v>1474</v>
       </c>
       <c r="I10">
+        <v>1519</v>
+      </c>
+      <c r="J10">
         <v>1581</v>
       </c>
-      <c r="J10">
-[...1 lines deleted...]
-      </c>
       <c r="K10">
-        <v>1699</v>
+        <v>1630</v>
       </c>
       <c r="L10">
-        <v>1738</v>
+        <v>1668</v>
       </c>
       <c r="M10">
-        <v>1776</v>
+        <v>1704</v>
       </c>
       <c r="N10">
-        <v>1819</v>
+        <v>1743</v>
       </c>
       <c r="O10">
         <v>0.17</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Lee County</v>
       </c>
       <c r="B11">
         <v>2022</v>
       </c>
       <c r="C11">
-        <v>1854</v>
+        <v>1775</v>
       </c>
       <c r="D11">
-        <v>1860</v>
+        <v>1781</v>
       </c>
       <c r="E11">
-        <v>1861</v>
+        <v>1783</v>
       </c>
       <c r="F11">
-        <v>1885</v>
+        <v>1807</v>
       </c>
       <c r="G11">
-        <v>1924</v>
+        <v>1844</v>
       </c>
       <c r="H11">
-        <v>1947</v>
+        <v>1864</v>
       </c>
       <c r="I11">
-        <v>1963</v>
+        <v>1879</v>
       </c>
       <c r="J11">
-        <v>1962</v>
+        <v>1879</v>
       </c>
       <c r="K11">
-        <v>1977</v>
+        <v>1895</v>
       </c>
       <c r="L11">
-        <v>2015</v>
+        <v>1931</v>
       </c>
       <c r="M11">
-        <v>2058</v>
+        <v>1972</v>
       </c>
       <c r="N11">
-        <v>2093</v>
+        <v>2006</v>
       </c>
       <c r="O11">
         <v>0.24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Lee County</v>
       </c>
       <c r="B12">
         <v>2023</v>
       </c>
       <c r="C12">
-        <v>2096</v>
+        <v>2008</v>
       </c>
       <c r="D12">
-        <v>2093</v>
+        <v>2005</v>
       </c>
       <c r="E12">
-        <v>2105</v>
+        <v>2015</v>
       </c>
       <c r="F12">
-        <v>2099</v>
+        <v>2010</v>
       </c>
       <c r="G12">
-        <v>2085</v>
+        <v>1998</v>
       </c>
       <c r="H12">
-        <v>2066</v>
+        <v>1979</v>
       </c>
       <c r="I12">
-        <v>2056</v>
+        <v>1969</v>
       </c>
       <c r="J12">
-        <v>2061</v>
+        <v>1972</v>
       </c>
       <c r="K12">
-        <v>2060</v>
+        <v>1971</v>
       </c>
       <c r="L12">
-        <v>2066</v>
+        <v>1975</v>
       </c>
       <c r="M12">
-        <v>2058</v>
+        <v>1967</v>
       </c>
       <c r="N12">
-        <v>2062</v>
+        <v>1971</v>
       </c>
       <c r="O12">
         <v>0.05</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Lee County</v>
       </c>
       <c r="B13">
         <v>2024</v>
       </c>
       <c r="C13">
-        <v>2056</v>
+        <v>1968</v>
       </c>
       <c r="D13">
-        <v>2053</v>
+        <v>1966</v>
       </c>
       <c r="E13">
-        <v>2040</v>
+        <v>1954</v>
       </c>
       <c r="F13">
-        <v>2025</v>
+        <v>1940</v>
       </c>
       <c r="G13">
-        <v>2016</v>
+        <v>1930</v>
       </c>
       <c r="H13">
-        <v>2009</v>
+        <v>1924</v>
       </c>
       <c r="I13">
-        <v>2008</v>
+        <v>1921</v>
       </c>
       <c r="J13">
-        <v>2014</v>
+        <v>1926</v>
       </c>
       <c r="K13">
-        <v>2024</v>
+        <v>1930</v>
       </c>
       <c r="L13">
-        <v>2027</v>
+        <v>1930</v>
       </c>
       <c r="M13">
-        <v>2023</v>
+        <v>1924</v>
       </c>
       <c r="N13">
-        <v>2019</v>
+        <v>1921</v>
       </c>
       <c r="O13">
         <v>-0.02</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Lee County</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14">
-        <v>2013</v>
+        <v>1916</v>
       </c>
       <c r="D14">
-        <v>2005</v>
+        <v>1911</v>
       </c>
       <c r="E14">
-        <v>2001</v>
+        <v>1911</v>
       </c>
       <c r="F14">
-        <v>1994</v>
+        <v>1907</v>
       </c>
       <c r="G14">
-        <v>1985</v>
+        <v>1899</v>
       </c>
       <c r="H14">
-        <v>1969</v>
+        <v>1883</v>
       </c>
       <c r="I14">
-        <v>1967</v>
+        <v>1882</v>
       </c>
       <c r="J14">
-        <v>1954</v>
-[...11 lines deleted...]
-        <v>-</v>
+        <v>1869</v>
+      </c>
+      <c r="K14">
+        <v>1861</v>
+      </c>
+      <c r="L14">
+        <v>1844</v>
+      </c>
+      <c r="M14">
+        <v>1834</v>
+      </c>
+      <c r="N14">
+        <v>1832</v>
       </c>
       <c r="O14">
         <v>-0.02</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:O14"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" customWidth="1" width="20"/>
     <col min="2" max="2" customWidth="1" width="120"/>
     <col min="3" max="3" customWidth="1" width="40"/>
   </cols>
   <sheetData>
     <row r="1">