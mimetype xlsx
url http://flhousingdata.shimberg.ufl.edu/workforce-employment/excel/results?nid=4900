--- v0 (2025-11-16)
+++ v1 (2026-02-02)
@@ -700,50 +700,62 @@
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9">
         <v>0.038</v>
       </c>
       <c r="D9">
         <v>0.038</v>
       </c>
       <c r="E9">
         <v>0.036</v>
       </c>
       <c r="F9">
         <v>0.035</v>
       </c>
       <c r="G9">
         <v>0.036</v>
       </c>
       <c r="H9">
         <v>0.041</v>
       </c>
       <c r="I9">
         <v>0.041</v>
       </c>
+      <c r="J9">
+        <v>0.044</v>
+      </c>
+      <c r="K9">
+        <v>0.046</v>
+      </c>
+      <c r="M9">
+        <v>0.05</v>
+      </c>
+      <c r="N9">
+        <v>0.046</v>
+      </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:N9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:N9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Unemployed Workers by Month, 2020 - 2025</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Geography</v>
       </c>
       <c r="B3" t="str">
@@ -1010,63 +1022,75 @@
       <c r="A9" t="str">
         <v>Osceola County</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9">
         <v>8905</v>
       </c>
       <c r="D9">
         <v>8915</v>
       </c>
       <c r="E9">
         <v>8571</v>
       </c>
       <c r="F9">
         <v>8367</v>
       </c>
       <c r="G9">
         <v>8544</v>
       </c>
       <c r="H9">
         <v>9628</v>
       </c>
       <c r="I9">
-        <v>9839</v>
+        <v>9842</v>
+      </c>
+      <c r="J9">
+        <v>10516</v>
+      </c>
+      <c r="K9">
+        <v>10053</v>
+      </c>
+      <c r="M9">
+        <v>11888</v>
+      </c>
+      <c r="N9">
+        <v>10960</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:N9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BS17"/>
+  <dimension ref="A1:BX17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Employment by Industry, 2020 - 2025</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>State or MSA</v>
       </c>
       <c r="B3" t="str">
         <v>Industry</v>
       </c>
       <c r="C3" t="str">
         <v>January 2020</v>
       </c>
       <c r="D3" t="str">
         <v>February 2020</v>
       </c>
       <c r="E3" t="str">
         <v>March 2020</v>
       </c>
@@ -1241,53 +1265,68 @@
       <c r="BJ3" t="str">
         <v>December 2024</v>
       </c>
       <c r="BK3" t="str">
         <v>January 2025</v>
       </c>
       <c r="BL3" t="str">
         <v>February 2025</v>
       </c>
       <c r="BM3" t="str">
         <v>March 2025</v>
       </c>
       <c r="BN3" t="str">
         <v>April 2025</v>
       </c>
       <c r="BO3" t="str">
         <v>May 2025</v>
       </c>
       <c r="BP3" t="str">
         <v>June 2025</v>
       </c>
       <c r="BQ3" t="str">
         <v>July 2025</v>
       </c>
       <c r="BR3" t="str">
+        <v>August 2025</v>
+      </c>
+      <c r="BS3" t="str">
+        <v>September 2025</v>
+      </c>
+      <c r="BT3" t="str">
+        <v>October 2025</v>
+      </c>
+      <c r="BU3" t="str">
+        <v>November 2025</v>
+      </c>
+      <c r="BV3" t="str">
+        <v>December 2025</v>
+      </c>
+      <c r="BW3" t="str">
         <v>Change since January 2020</v>
       </c>
-      <c r="BS3" t="str">
+      <c r="BX3" t="str">
         <v>% Change since January 2020</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B4" t="str">
         <v>Construction</v>
       </c>
       <c r="C4">
         <v>85800</v>
       </c>
       <c r="D4">
         <v>86600</v>
       </c>
       <c r="E4">
         <v>86300</v>
       </c>
       <c r="F4">
         <v>79400</v>
       </c>
       <c r="G4">
         <v>82200</v>
       </c>
@@ -1435,75 +1474,90 @@
       <c r="BC4">
         <v>94000</v>
       </c>
       <c r="BD4">
         <v>94300</v>
       </c>
       <c r="BE4">
         <v>94500</v>
       </c>
       <c r="BF4">
         <v>94800</v>
       </c>
       <c r="BG4">
         <v>94500</v>
       </c>
       <c r="BH4">
         <v>93400</v>
       </c>
       <c r="BI4">
         <v>94800</v>
       </c>
       <c r="BJ4">
         <v>96500</v>
       </c>
       <c r="BK4">
-        <v>95100</v>
+        <v>95.1</v>
       </c>
       <c r="BL4">
-        <v>97100</v>
+        <v>97.1</v>
       </c>
       <c r="BM4">
-        <v>96200</v>
+        <v>96.2</v>
       </c>
       <c r="BN4">
-        <v>96800</v>
+        <v>96.8</v>
       </c>
       <c r="BO4">
-        <v>95800</v>
+        <v>95.8</v>
       </c>
       <c r="BP4">
-        <v>97000</v>
+        <v>97</v>
       </c>
       <c r="BQ4">
-        <v>97000</v>
+        <v>96.9</v>
       </c>
       <c r="BR4">
-        <v>11200</v>
+        <v>98</v>
       </c>
       <c r="BS4">
-        <v>0.131</v>
+        <v>97.1</v>
+      </c>
+      <c r="BT4">
+        <v>97</v>
+      </c>
+      <c r="BU4">
+        <v>96.2</v>
+      </c>
+      <c r="BV4">
+        <v>96.5</v>
+      </c>
+      <c r="BW4">
+        <v>-85704</v>
+      </c>
+      <c r="BX4">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B5" t="str">
         <v>Education and Health Services</v>
       </c>
       <c r="C5">
         <v>164700</v>
       </c>
       <c r="D5">
         <v>165800</v>
       </c>
       <c r="E5">
         <v>165000</v>
       </c>
       <c r="F5">
         <v>148600</v>
       </c>
       <c r="G5">
         <v>153800</v>
       </c>
       <c r="H5">
@@ -1650,75 +1704,90 @@
       <c r="BC5">
         <v>193100</v>
       </c>
       <c r="BD5">
         <v>190100</v>
       </c>
       <c r="BE5">
         <v>190000</v>
       </c>
       <c r="BF5">
         <v>194100</v>
       </c>
       <c r="BG5">
         <v>194800</v>
       </c>
       <c r="BH5">
         <v>196700</v>
       </c>
       <c r="BI5">
         <v>197500</v>
       </c>
       <c r="BJ5">
         <v>197200</v>
       </c>
       <c r="BK5">
-        <v>195800</v>
+        <v>195.8</v>
       </c>
       <c r="BL5">
-        <v>196800</v>
+        <v>196.8</v>
       </c>
       <c r="BM5">
-        <v>196800</v>
+        <v>196.8</v>
       </c>
       <c r="BN5">
-        <v>198800</v>
+        <v>198.8</v>
       </c>
       <c r="BO5">
-        <v>199000</v>
+        <v>199</v>
       </c>
       <c r="BP5">
-        <v>197500</v>
+        <v>197.5</v>
       </c>
       <c r="BQ5">
-        <v>196200</v>
+        <v>197.7</v>
       </c>
       <c r="BR5">
-        <v>31500</v>
+        <v>198.3</v>
       </c>
       <c r="BS5">
-        <v>0.191</v>
+        <v>201.2</v>
+      </c>
+      <c r="BT5">
+        <v>204.3</v>
+      </c>
+      <c r="BU5">
+        <v>207.3</v>
+      </c>
+      <c r="BV5">
+        <v>207.5</v>
+      </c>
+      <c r="BW5">
+        <v>-164493</v>
+      </c>
+      <c r="BX5">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B6" t="str">
         <v>Financial Activities</v>
       </c>
       <c r="C6">
         <v>79400</v>
       </c>
       <c r="D6">
         <v>80600</v>
       </c>
       <c r="E6">
         <v>80400</v>
       </c>
       <c r="F6">
         <v>75200</v>
       </c>
       <c r="G6">
         <v>74300</v>
       </c>
       <c r="H6">
@@ -1865,75 +1934,90 @@
       <c r="BC6">
         <v>90900</v>
       </c>
       <c r="BD6">
         <v>91000</v>
       </c>
       <c r="BE6">
         <v>91300</v>
       </c>
       <c r="BF6">
         <v>91300</v>
       </c>
       <c r="BG6">
         <v>91500</v>
       </c>
       <c r="BH6">
         <v>91900</v>
       </c>
       <c r="BI6">
         <v>92700</v>
       </c>
       <c r="BJ6">
         <v>93300</v>
       </c>
       <c r="BK6">
-        <v>92500</v>
+        <v>92.5</v>
       </c>
       <c r="BL6">
-        <v>92700</v>
+        <v>92.7</v>
       </c>
       <c r="BM6">
-        <v>92900</v>
+        <v>92.9</v>
       </c>
       <c r="BN6">
-        <v>92300</v>
+        <v>92.3</v>
       </c>
       <c r="BO6">
-        <v>93000</v>
+        <v>93</v>
       </c>
       <c r="BP6">
-        <v>92900</v>
+        <v>92.9</v>
       </c>
       <c r="BQ6">
-        <v>93800</v>
+        <v>93.3</v>
       </c>
       <c r="BR6">
-        <v>14400</v>
+        <v>93.3</v>
       </c>
       <c r="BS6">
-        <v>0.181</v>
+        <v>93.1</v>
+      </c>
+      <c r="BT6">
+        <v>93</v>
+      </c>
+      <c r="BU6">
+        <v>92.6</v>
+      </c>
+      <c r="BV6">
+        <v>92.7</v>
+      </c>
+      <c r="BW6">
+        <v>-79307</v>
+      </c>
+      <c r="BX6">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B7" t="str">
         <v>Information</v>
       </c>
       <c r="C7">
         <v>25700</v>
       </c>
       <c r="D7">
         <v>25900</v>
       </c>
       <c r="E7">
         <v>25500</v>
       </c>
       <c r="F7">
         <v>23700</v>
       </c>
       <c r="G7">
         <v>23600</v>
       </c>
       <c r="H7">
@@ -2080,75 +2164,90 @@
       <c r="BC7">
         <v>26900</v>
       </c>
       <c r="BD7">
         <v>27400</v>
       </c>
       <c r="BE7">
         <v>27400</v>
       </c>
       <c r="BF7">
         <v>27500</v>
       </c>
       <c r="BG7">
         <v>27600</v>
       </c>
       <c r="BH7">
         <v>27400</v>
       </c>
       <c r="BI7">
         <v>27500</v>
       </c>
       <c r="BJ7">
         <v>28200</v>
       </c>
       <c r="BK7">
-        <v>27400</v>
+        <v>27.4</v>
       </c>
       <c r="BL7">
-        <v>28200</v>
+        <v>28.2</v>
       </c>
       <c r="BM7">
-        <v>28100</v>
+        <v>28.1</v>
       </c>
       <c r="BN7">
-        <v>27900</v>
+        <v>27.9</v>
       </c>
       <c r="BO7">
-        <v>27900</v>
+        <v>27.9</v>
       </c>
       <c r="BP7">
-        <v>27800</v>
+        <v>27.8</v>
       </c>
       <c r="BQ7">
-        <v>27800</v>
+        <v>27.6</v>
       </c>
       <c r="BR7">
-        <v>2100</v>
+        <v>28</v>
       </c>
       <c r="BS7">
-        <v>0.082</v>
+        <v>27.8</v>
+      </c>
+      <c r="BT7">
+        <v>27.6</v>
+      </c>
+      <c r="BU7">
+        <v>28.2</v>
+      </c>
+      <c r="BV7">
+        <v>28.2</v>
+      </c>
+      <c r="BW7">
+        <v>-25672</v>
+      </c>
+      <c r="BX7">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B8" t="str">
         <v>Leisure and Hospitality</v>
       </c>
       <c r="C8">
         <v>275700</v>
       </c>
       <c r="D8">
         <v>280600</v>
       </c>
       <c r="E8">
         <v>278100</v>
       </c>
       <c r="F8">
         <v>187600</v>
       </c>
       <c r="G8">
         <v>129600</v>
       </c>
       <c r="H8">
@@ -2295,75 +2394,90 @@
       <c r="BC8">
         <v>289800</v>
       </c>
       <c r="BD8">
         <v>286900</v>
       </c>
       <c r="BE8">
         <v>284200</v>
       </c>
       <c r="BF8">
         <v>284300</v>
       </c>
       <c r="BG8">
         <v>286200</v>
       </c>
       <c r="BH8">
         <v>285300</v>
       </c>
       <c r="BI8">
         <v>292300</v>
       </c>
       <c r="BJ8">
         <v>293200</v>
       </c>
       <c r="BK8">
-        <v>292200</v>
+        <v>292.2</v>
       </c>
       <c r="BL8">
-        <v>295300</v>
+        <v>295.3</v>
       </c>
       <c r="BM8">
-        <v>298200</v>
+        <v>298.2</v>
       </c>
       <c r="BN8">
-        <v>298600</v>
+        <v>298.6</v>
       </c>
       <c r="BO8">
-        <v>299800</v>
+        <v>299.8</v>
       </c>
       <c r="BP8">
-        <v>293800</v>
+        <v>293.8</v>
       </c>
       <c r="BQ8">
-        <v>292900</v>
+        <v>292.6</v>
       </c>
       <c r="BR8">
-        <v>17200</v>
+        <v>289.9</v>
       </c>
       <c r="BS8">
-        <v>0.062</v>
+        <v>287.8</v>
+      </c>
+      <c r="BT8">
+        <v>289.5</v>
+      </c>
+      <c r="BU8">
+        <v>291.9</v>
+      </c>
+      <c r="BV8">
+        <v>291.8</v>
+      </c>
+      <c r="BW8">
+        <v>-275408</v>
+      </c>
+      <c r="BX8">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B9" t="str">
         <v>Manufacturing</v>
       </c>
       <c r="C9">
         <v>49700</v>
       </c>
       <c r="D9">
         <v>50000</v>
       </c>
       <c r="E9">
         <v>50000</v>
       </c>
       <c r="F9">
         <v>46800</v>
       </c>
       <c r="G9">
         <v>47900</v>
       </c>
       <c r="H9">
@@ -2510,75 +2624,90 @@
       <c r="BC9">
         <v>53400</v>
       </c>
       <c r="BD9">
         <v>53500</v>
       </c>
       <c r="BE9">
         <v>53500</v>
       </c>
       <c r="BF9">
         <v>53100</v>
       </c>
       <c r="BG9">
         <v>52900</v>
       </c>
       <c r="BH9">
         <v>52600</v>
       </c>
       <c r="BI9">
         <v>52600</v>
       </c>
       <c r="BJ9">
         <v>52800</v>
       </c>
       <c r="BK9">
-        <v>52600</v>
+        <v>52.6</v>
       </c>
       <c r="BL9">
-        <v>53300</v>
+        <v>53.3</v>
       </c>
       <c r="BM9">
-        <v>53500</v>
+        <v>53.5</v>
       </c>
       <c r="BN9">
-        <v>53100</v>
+        <v>53.1</v>
       </c>
       <c r="BO9">
-        <v>53300</v>
+        <v>53.3</v>
       </c>
       <c r="BP9">
-        <v>53000</v>
+        <v>53</v>
       </c>
       <c r="BQ9">
-        <v>53200</v>
+        <v>53</v>
       </c>
       <c r="BR9">
-        <v>3500</v>
+        <v>52.9</v>
       </c>
       <c r="BS9">
-        <v>0.07</v>
+        <v>52.7</v>
+      </c>
+      <c r="BT9">
+        <v>52.3</v>
+      </c>
+      <c r="BU9">
+        <v>52.3</v>
+      </c>
+      <c r="BV9">
+        <v>52</v>
+      </c>
+      <c r="BW9">
+        <v>-49648</v>
+      </c>
+      <c r="BX9">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B10" t="str">
         <v>Mining and Logging</v>
       </c>
       <c r="C10">
         <v>300</v>
       </c>
       <c r="D10">
         <v>300</v>
       </c>
       <c r="E10">
         <v>300</v>
       </c>
       <c r="F10">
         <v>200</v>
       </c>
       <c r="G10">
         <v>200</v>
       </c>
       <c r="H10">
@@ -2725,75 +2854,90 @@
       <c r="BC10">
         <v>300</v>
       </c>
       <c r="BD10">
         <v>300</v>
       </c>
       <c r="BE10">
         <v>300</v>
       </c>
       <c r="BF10">
         <v>300</v>
       </c>
       <c r="BG10">
         <v>300</v>
       </c>
       <c r="BH10">
         <v>300</v>
       </c>
       <c r="BI10">
         <v>300</v>
       </c>
       <c r="BJ10">
         <v>300</v>
       </c>
       <c r="BK10">
-        <v>300</v>
+        <v>0.3</v>
       </c>
       <c r="BL10">
-        <v>300</v>
+        <v>0.3</v>
       </c>
       <c r="BM10">
-        <v>300</v>
+        <v>0.3</v>
       </c>
       <c r="BN10">
-        <v>300</v>
+        <v>0.3</v>
       </c>
       <c r="BO10">
-        <v>300</v>
+        <v>0.3</v>
       </c>
       <c r="BP10">
-        <v>300</v>
+        <v>0.3</v>
       </c>
       <c r="BQ10">
-        <v>300</v>
+        <v>0.3</v>
       </c>
       <c r="BR10">
-        <v>0</v>
+        <v>0.3</v>
       </c>
       <c r="BS10">
-        <v>0</v>
+        <v>0.3</v>
+      </c>
+      <c r="BT10">
+        <v>0.3</v>
+      </c>
+      <c r="BU10">
+        <v>0.3</v>
+      </c>
+      <c r="BV10">
+        <v>0.3</v>
+      </c>
+      <c r="BW10">
+        <v>-300</v>
+      </c>
+      <c r="BX10">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B11" t="str">
         <v>Other Services</v>
       </c>
       <c r="C11">
         <v>45500</v>
       </c>
       <c r="D11">
         <v>45400</v>
       </c>
       <c r="E11">
         <v>44600</v>
       </c>
       <c r="F11">
         <v>33500</v>
       </c>
       <c r="G11">
         <v>36300</v>
       </c>
       <c r="H11">
@@ -2940,75 +3084,90 @@
       <c r="BC11">
         <v>55500</v>
       </c>
       <c r="BD11">
         <v>55300</v>
       </c>
       <c r="BE11">
         <v>55300</v>
       </c>
       <c r="BF11">
         <v>55300</v>
       </c>
       <c r="BG11">
         <v>55400</v>
       </c>
       <c r="BH11">
         <v>55500</v>
       </c>
       <c r="BI11">
         <v>56200</v>
       </c>
       <c r="BJ11">
         <v>56400</v>
       </c>
       <c r="BK11">
-        <v>57300</v>
+        <v>57.3</v>
       </c>
       <c r="BL11">
-        <v>56800</v>
+        <v>56.8</v>
       </c>
       <c r="BM11">
-        <v>57400</v>
+        <v>57.4</v>
       </c>
       <c r="BN11">
-        <v>57300</v>
+        <v>57.3</v>
       </c>
       <c r="BO11">
-        <v>57300</v>
+        <v>57.3</v>
       </c>
       <c r="BP11">
-        <v>57000</v>
+        <v>57</v>
       </c>
       <c r="BQ11">
-        <v>56500</v>
+        <v>56.8</v>
       </c>
       <c r="BR11">
-        <v>11000</v>
+        <v>56.9</v>
       </c>
       <c r="BS11">
-        <v>0.242</v>
+        <v>56.9</v>
+      </c>
+      <c r="BT11">
+        <v>55.9</v>
+      </c>
+      <c r="BU11">
+        <v>56</v>
+      </c>
+      <c r="BV11">
+        <v>56.8</v>
+      </c>
+      <c r="BW11">
+        <v>-45443</v>
+      </c>
+      <c r="BX11">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B12" t="str">
         <v>Professional and Business Services</v>
       </c>
       <c r="C12">
         <v>237600</v>
       </c>
       <c r="D12">
         <v>237000</v>
       </c>
       <c r="E12">
         <v>234600</v>
       </c>
       <c r="F12">
         <v>205900</v>
       </c>
       <c r="G12">
         <v>204100</v>
       </c>
       <c r="H12">
@@ -3155,75 +3314,90 @@
       <c r="BC12">
         <v>291400</v>
       </c>
       <c r="BD12">
         <v>289400</v>
       </c>
       <c r="BE12">
         <v>289300</v>
       </c>
       <c r="BF12">
         <v>290000</v>
       </c>
       <c r="BG12">
         <v>289600</v>
       </c>
       <c r="BH12">
         <v>291400</v>
       </c>
       <c r="BI12">
         <v>291800</v>
       </c>
       <c r="BJ12">
         <v>291800</v>
       </c>
       <c r="BK12">
-        <v>288000</v>
+        <v>288</v>
       </c>
       <c r="BL12">
-        <v>292100</v>
+        <v>292.1</v>
       </c>
       <c r="BM12">
-        <v>292400</v>
+        <v>292.4</v>
       </c>
       <c r="BN12">
-        <v>293500</v>
+        <v>293.5</v>
       </c>
       <c r="BO12">
-        <v>294900</v>
+        <v>294.9</v>
       </c>
       <c r="BP12">
-        <v>293000</v>
+        <v>293</v>
       </c>
       <c r="BQ12">
-        <v>290700</v>
+        <v>290.3</v>
       </c>
       <c r="BR12">
-        <v>53100</v>
+        <v>289.3</v>
       </c>
       <c r="BS12">
-        <v>0.223</v>
+        <v>288.6</v>
+      </c>
+      <c r="BT12">
+        <v>292.1</v>
+      </c>
+      <c r="BU12">
+        <v>289.9</v>
+      </c>
+      <c r="BV12">
+        <v>290.2</v>
+      </c>
+      <c r="BW12">
+        <v>-237310</v>
+      </c>
+      <c r="BX12">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B13" t="str">
         <v>Retail Trade</v>
       </c>
       <c r="C13">
         <v>151600</v>
       </c>
       <c r="D13">
         <v>149200</v>
       </c>
       <c r="E13">
         <v>148400</v>
       </c>
       <c r="F13">
         <v>123600</v>
       </c>
       <c r="G13">
         <v>127300</v>
       </c>
       <c r="H13">
@@ -3370,75 +3544,90 @@
       <c r="BC13">
         <v>154400</v>
       </c>
       <c r="BD13">
         <v>154400</v>
       </c>
       <c r="BE13">
         <v>154100</v>
       </c>
       <c r="BF13">
         <v>154200</v>
       </c>
       <c r="BG13">
         <v>154000</v>
       </c>
       <c r="BH13">
         <v>154900</v>
       </c>
       <c r="BI13">
         <v>159200</v>
       </c>
       <c r="BJ13">
         <v>161000</v>
       </c>
       <c r="BK13">
-        <v>156200</v>
+        <v>156.2</v>
       </c>
       <c r="BL13">
-        <v>155500</v>
+        <v>155.5</v>
       </c>
       <c r="BM13">
-        <v>155300</v>
+        <v>155.3</v>
       </c>
       <c r="BN13">
-        <v>155400</v>
+        <v>155.4</v>
       </c>
       <c r="BO13">
-        <v>154200</v>
+        <v>154.2</v>
       </c>
       <c r="BP13">
-        <v>154100</v>
+        <v>154.1</v>
       </c>
       <c r="BQ13">
-        <v>153600</v>
+        <v>153.6</v>
       </c>
       <c r="BR13">
-        <v>2000</v>
+        <v>153.6</v>
       </c>
       <c r="BS13">
-        <v>0.013</v>
+        <v>152.9</v>
+      </c>
+      <c r="BT13">
+        <v>154.4</v>
+      </c>
+      <c r="BU13">
+        <v>157</v>
+      </c>
+      <c r="BV13">
+        <v>158.1</v>
+      </c>
+      <c r="BW13">
+        <v>-151442</v>
+      </c>
+      <c r="BX13">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B14" t="str">
         <v>Total Government</v>
       </c>
       <c r="C14">
         <v>129400</v>
       </c>
       <c r="D14">
         <v>130300</v>
       </c>
       <c r="E14">
         <v>130300</v>
       </c>
       <c r="F14">
         <v>128900</v>
       </c>
       <c r="G14">
         <v>127200</v>
       </c>
       <c r="H14">
@@ -3585,75 +3774,90 @@
       <c r="BC14">
         <v>134000</v>
       </c>
       <c r="BD14">
         <v>125100</v>
       </c>
       <c r="BE14">
         <v>126400</v>
       </c>
       <c r="BF14">
         <v>135500</v>
       </c>
       <c r="BG14">
         <v>136200</v>
       </c>
       <c r="BH14">
         <v>137100</v>
       </c>
       <c r="BI14">
         <v>137800</v>
       </c>
       <c r="BJ14">
         <v>136100</v>
       </c>
       <c r="BK14">
-        <v>136400</v>
+        <v>136.4</v>
       </c>
       <c r="BL14">
-        <v>137700</v>
+        <v>137.7</v>
       </c>
       <c r="BM14">
-        <v>137900</v>
+        <v>137.9</v>
       </c>
       <c r="BN14">
-        <v>138200</v>
+        <v>138.2</v>
       </c>
       <c r="BO14">
-        <v>136900</v>
+        <v>136.9</v>
       </c>
       <c r="BP14">
-        <v>128200</v>
+        <v>128.2</v>
       </c>
       <c r="BQ14">
-        <v>129200</v>
+        <v>129.2</v>
       </c>
       <c r="BR14">
-        <v>-200</v>
+        <v>138</v>
       </c>
       <c r="BS14">
-        <v>-0.002</v>
+        <v>138.6</v>
+      </c>
+      <c r="BT14">
+        <v>139</v>
+      </c>
+      <c r="BU14">
+        <v>139.9</v>
+      </c>
+      <c r="BV14">
+        <v>138.5</v>
+      </c>
+      <c r="BW14">
+        <v>-129262</v>
+      </c>
+      <c r="BX14">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B15" t="str">
         <v>Total Nonagricultural Employment</v>
       </c>
       <c r="C15">
         <v>1339700</v>
       </c>
       <c r="D15">
         <v>1344800</v>
       </c>
       <c r="E15">
         <v>1335600</v>
       </c>
       <c r="F15">
         <v>1138100</v>
       </c>
       <c r="G15">
         <v>1091200</v>
       </c>
       <c r="H15">
@@ -3800,75 +4004,90 @@
       <c r="BC15">
         <v>1499300</v>
       </c>
       <c r="BD15">
         <v>1483000</v>
       </c>
       <c r="BE15">
         <v>1482000</v>
       </c>
       <c r="BF15">
         <v>1495800</v>
       </c>
       <c r="BG15">
         <v>1498800</v>
       </c>
       <c r="BH15">
         <v>1503900</v>
       </c>
       <c r="BI15">
         <v>1523000</v>
       </c>
       <c r="BJ15">
         <v>1528800</v>
       </c>
       <c r="BK15">
-        <v>1513000</v>
+        <v>1513</v>
       </c>
       <c r="BL15">
-        <v>1524200</v>
+        <v>1524.2</v>
       </c>
       <c r="BM15">
-        <v>1526900</v>
+        <v>1526.9</v>
       </c>
       <c r="BN15">
-        <v>1529600</v>
+        <v>1529.6</v>
       </c>
       <c r="BO15">
-        <v>1529600</v>
+        <v>1529.6</v>
       </c>
       <c r="BP15">
-        <v>1511900</v>
+        <v>1511.9</v>
       </c>
       <c r="BQ15">
-        <v>1508700</v>
+        <v>1508.3</v>
       </c>
       <c r="BR15">
-        <v>169000</v>
+        <v>1514.2</v>
       </c>
       <c r="BS15">
-        <v>0.126</v>
+        <v>1512.6</v>
+      </c>
+      <c r="BT15">
+        <v>1522.6</v>
+      </c>
+      <c r="BU15">
+        <v>1531.2</v>
+      </c>
+      <c r="BV15">
+        <v>1532.5</v>
+      </c>
+      <c r="BW15">
+        <v>-1338168</v>
+      </c>
+      <c r="BX15">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B16" t="str">
         <v>Transportation, Warehousing, and Utilities</v>
       </c>
       <c r="C16">
         <v>47400</v>
       </c>
       <c r="D16">
         <v>46500</v>
       </c>
       <c r="E16">
         <v>45600</v>
       </c>
       <c r="F16">
         <v>41100</v>
       </c>
       <c r="G16">
         <v>41100</v>
       </c>
       <c r="H16">
@@ -4015,75 +4234,90 @@
       <c r="BC16">
         <v>62500</v>
       </c>
       <c r="BD16">
         <v>62100</v>
       </c>
       <c r="BE16">
         <v>62500</v>
       </c>
       <c r="BF16">
         <v>62200</v>
       </c>
       <c r="BG16">
         <v>62500</v>
       </c>
       <c r="BH16">
         <v>63800</v>
       </c>
       <c r="BI16">
         <v>66800</v>
       </c>
       <c r="BJ16">
         <v>68700</v>
       </c>
       <c r="BK16">
-        <v>65800</v>
+        <v>65.8</v>
       </c>
       <c r="BL16">
-        <v>64900</v>
+        <v>64.9</v>
       </c>
       <c r="BM16">
-        <v>64000</v>
+        <v>64</v>
       </c>
       <c r="BN16">
-        <v>64100</v>
+        <v>64.1</v>
       </c>
       <c r="BO16">
-        <v>64100</v>
+        <v>64.1</v>
       </c>
       <c r="BP16">
-        <v>63700</v>
+        <v>63.7</v>
       </c>
       <c r="BQ16">
-        <v>64200</v>
+        <v>63.9</v>
       </c>
       <c r="BR16">
-        <v>16800</v>
+        <v>63.6</v>
       </c>
       <c r="BS16">
-        <v>0.354</v>
+        <v>63.6</v>
+      </c>
+      <c r="BT16">
+        <v>64.5</v>
+      </c>
+      <c r="BU16">
+        <v>67</v>
+      </c>
+      <c r="BV16">
+        <v>67.2</v>
+      </c>
+      <c r="BW16">
+        <v>-47333</v>
+      </c>
+      <c r="BX16">
+        <v>-0.999</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Orlando-Kissimmee-Sanford MSA</v>
       </c>
       <c r="B17" t="str">
         <v>Wholesale Trade</v>
       </c>
       <c r="C17">
         <v>46900</v>
       </c>
       <c r="D17">
         <v>46600</v>
       </c>
       <c r="E17">
         <v>46500</v>
       </c>
       <c r="F17">
         <v>43600</v>
       </c>
       <c r="G17">
         <v>43600</v>
       </c>
       <c r="H17">
@@ -4230,80 +4464,95 @@
       <c r="BC17">
         <v>53100</v>
       </c>
       <c r="BD17">
         <v>53200</v>
       </c>
       <c r="BE17">
         <v>53200</v>
       </c>
       <c r="BF17">
         <v>53200</v>
       </c>
       <c r="BG17">
         <v>53300</v>
       </c>
       <c r="BH17">
         <v>53600</v>
       </c>
       <c r="BI17">
         <v>53500</v>
       </c>
       <c r="BJ17">
         <v>53300</v>
       </c>
       <c r="BK17">
-        <v>53400</v>
+        <v>53.4</v>
       </c>
       <c r="BL17">
-        <v>53500</v>
+        <v>53.5</v>
       </c>
       <c r="BM17">
-        <v>53900</v>
+        <v>53.9</v>
       </c>
       <c r="BN17">
-        <v>53300</v>
+        <v>53.3</v>
       </c>
       <c r="BO17">
-        <v>53100</v>
+        <v>53.1</v>
       </c>
       <c r="BP17">
-        <v>53600</v>
+        <v>53.6</v>
       </c>
       <c r="BQ17">
-        <v>53300</v>
+        <v>53.1</v>
       </c>
       <c r="BR17">
-        <v>6400</v>
+        <v>52.1</v>
       </c>
       <c r="BS17">
-        <v>0.136</v>
+        <v>52</v>
+      </c>
+      <c r="BT17">
+        <v>52.7</v>
+      </c>
+      <c r="BU17">
+        <v>52.6</v>
+      </c>
+      <c r="BV17">
+        <v>52.7</v>
+      </c>
+      <c r="BW17">
+        <v>-46847</v>
+      </c>
+      <c r="BX17">
+        <v>-0.999</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:BS17"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:BX17"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Wage and Rent Comparison by Industry, 2025</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Geography</v>
       </c>
       <c r="B3" t="str">
         <v>Industry</v>
       </c>
       <c r="C3" t="str">
         <v>2024 Average Hourly Wage (2025 $)</v>